--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -8,69 +8,105 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="3E6CC7AC" w14:textId="4ACFD5F2" w:rsidR="00C450C1" w:rsidRDefault="00C450C1" w:rsidP="003E4C6C"/>
-    <w:p w14:paraId="224F7697" w14:textId="587DBBCF" w:rsidR="00137C7B" w:rsidRPr="00344FF1" w:rsidRDefault="00344FF1" w:rsidP="00344FF1">
+    <w:p w14:paraId="224F7697" w14:textId="2643511F" w:rsidR="00137C7B" w:rsidRPr="00344FF1" w:rsidRDefault="00344FF1" w:rsidP="00344FF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application Form for Observation Test </w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00590183">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplication Form for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344FF1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidR="00590183">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344FF1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E6450B" w:rsidRPr="00344FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>of PV</w:t>
       </w:r>
       <w:r w:rsidRPr="00344FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Module</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="61"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -92,281 +128,410 @@
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2763" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1136BE54" w14:textId="77777777" w:rsidR="00AA5B44" w:rsidRDefault="00AA5B44" w:rsidP="00AA5B44">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C30632B" w14:textId="77777777" w:rsidR="00AA5B44" w:rsidRDefault="00AA5B44" w:rsidP="00AA5B44">
+          <w:p w14:paraId="7C30632B" w14:textId="791D5379" w:rsidR="00AA5B44" w:rsidRDefault="00AA5B44" w:rsidP="00AA5B44">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="0083607F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wp</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="58B49C82" w14:textId="77777777" w:rsidR="00AA5B44" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00132297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B37115" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00132297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1405F3D2" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00132297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="436773D0" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72D2D910" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
+    <w:p w14:paraId="3E4483C0" w14:textId="59A0706E" w:rsidR="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00132297">
-        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of PV module. The detail information of the sample is provided in the reception form attached herewith. </w:t>
+        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of PV module. The detail information of the sample is provided in the reception form attached herewith. We have submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BEF">
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6754">
+        <w:t xml:space="preserve"> sample</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BEF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132297">
+        <w:t xml:space="preserve"> of each model of PV module for testing the products under </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BEF">
+        <w:t>sample test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132297">
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BEF">
+        <w:t>ategory</w:t>
+      </w:r>
+      <w:r w:rsidR="005063A9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDE273C" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
+    <w:p w14:paraId="7B0607D2" w14:textId="77777777" w:rsidR="002D4A3D" w:rsidRPr="00132297" w:rsidRDefault="002D4A3D" w:rsidP="00132297">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E93FC57" w14:textId="3C515DA6" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
+    <w:p w14:paraId="31CCFD2F" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRPr="00666D25" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00132297">
-[...33 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:t>We have provided the following documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2019CFB7" w14:textId="46712175" w:rsidR="005F39CE" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
+    <w:p w14:paraId="02F9E0D4" w14:textId="6FFBEBB3" w:rsidR="000E5345" w:rsidRDefault="000E5345" w:rsidP="000E5345">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
-        <w:t>Duly f</w:t>
+        <w:t xml:space="preserve">Duly </w:t>
       </w:r>
       <w:r>
-        <w:t>illed reception form of PV Module</w:t>
+        <w:t>filled reception form of PV Module</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19426414" w14:textId="250D462C" w:rsidR="005F39CE" w:rsidRPr="00666D25" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
+    <w:p w14:paraId="4732DC63" w14:textId="2C4DBA38" w:rsidR="000E5345" w:rsidRDefault="000E5345" w:rsidP="000E5345">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:t>Catalogue and tec</w:t>
       </w:r>
+      <w:r w:rsidR="000A1FF1">
+        <w:t>hnical datasheet</w:t>
+      </w:r>
       <w:r>
-        <w:t>hnical specifications of PV Module</w:t>
+        <w:t xml:space="preserve"> of PV Module</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:t xml:space="preserve"> provided by manufacturer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23062520" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
+    <w:p w14:paraId="362D2278" w14:textId="5D85A8D6" w:rsidR="002A00CF" w:rsidRDefault="002A00CF" w:rsidP="000E5345">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Documents of warranty policy provided by </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5A1D">
+        <w:t xml:space="preserve">PV Module </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053DA4BA" w14:textId="77777777" w:rsidR="000E5345" w:rsidRPr="00666D25" w:rsidRDefault="000E5345" w:rsidP="000E5345">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>International Test Certificates (if any)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23062520" w14:textId="232042BE" w:rsidR="005F39CE" w:rsidRDefault="000E5345" w:rsidP="000E5345">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="00666D25">
-        <w:t>Others: ……………………………………………</w:t>
+        <w:t xml:space="preserve">Others: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>IEC, ISO (Specify……………………………………………………)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DCB1441" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D4D8B8" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRPr="00A04476" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
+    <w:p w14:paraId="32D4D8B8" w14:textId="007BC414" w:rsidR="005F39CE" w:rsidRPr="00A04476" w:rsidRDefault="004028B4" w:rsidP="005F39CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04476">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the minimum quality standard label. Therefore, r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04476">
+        <w:t>egarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39CE" w:rsidRPr="00A04476">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8AD792" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F25EA68" w14:textId="77777777" w:rsidR="005F39CE" w:rsidRPr="00A04476" w:rsidRDefault="005F39CE" w:rsidP="005F39CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04476">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3B547B" w14:textId="77777777" w:rsidR="00132297" w:rsidRDefault="00132297" w:rsidP="00132297"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="703629D9" w14:textId="77777777" w:rsidR="00026291" w:rsidRPr="00132297" w:rsidRDefault="00026291" w:rsidP="00132297"/>
     <w:p w14:paraId="1E24CA21" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297"/>
     <w:p w14:paraId="046B067E" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297"/>
     <w:p w14:paraId="18E4D396" w14:textId="77777777" w:rsidR="00132297" w:rsidRPr="00132297" w:rsidRDefault="00132297" w:rsidP="00132297">
       <w:r w:rsidRPr="00132297">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132297">
@@ -443,117 +608,124 @@
       <w:r w:rsidRPr="00132297">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="537C725D" w14:textId="77777777" w:rsidR="00210F26" w:rsidRDefault="00210F26" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6BCE4DAE" w14:textId="77777777" w:rsidR="00210F26" w:rsidRDefault="00210F26" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -565,150 +737,151 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005063A9">
+    <w:r w:rsidR="00BE5A1D">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005063A9">
+    <w:r w:rsidR="00BE5A1D">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6965A1BD" w14:textId="77777777" w:rsidR="00210F26" w:rsidRDefault="00210F26" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="021C4D70" w14:textId="77777777" w:rsidR="00210F26" w:rsidRDefault="00210F26" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -727,50 +900,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="76DBA957" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="124963D7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-228600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6276975" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6276975" cy="0"/>
@@ -1227,170 +1401,181 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00026291"/>
+    <w:rsid w:val="000A1FF1"/>
     <w:rsid w:val="000D46A7"/>
+    <w:rsid w:val="000E5345"/>
     <w:rsid w:val="000F4738"/>
     <w:rsid w:val="00132297"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00181A59"/>
     <w:rsid w:val="001D2DD8"/>
+    <w:rsid w:val="00210F26"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002A00CF"/>
+    <w:rsid w:val="002A09D3"/>
+    <w:rsid w:val="002D4A3D"/>
     <w:rsid w:val="00344FF1"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F2CA3"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="004028B4"/>
+    <w:rsid w:val="00424C26"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="005063A9"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00590183"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005C3BEF"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F39CE"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006C6754"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007B61BE"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="0083607F"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00882C3A"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00AA5B44"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD5A2C"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00BE5A1D"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CC3FE6"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D7019A"/>
     <w:rsid w:val="00E6450B"/>
     <w:rsid w:val="00E67CB3"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -2302,78 +2487,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5EB4227-DF96-4194-9658-FE2582B15CF2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFCC9F10-304D-4731-9438-75E2EC58C217}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>183</Words>
-  <Characters>1047</Characters>
+  <Words>246</Words>
+  <Characters>1406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1228</CharactersWithSpaces>
+  <CharactersWithSpaces>1649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>