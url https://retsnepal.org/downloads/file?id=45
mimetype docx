--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,1732 +7,755 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="74DCBBBF" w14:textId="77777777" w:rsidR="00075FBC" w:rsidRDefault="00075FBC" w:rsidP="002F15BA">
+    <w:p w14:paraId="60F85679" w14:textId="168A8DEC" w:rsidR="00137C7B" w:rsidRPr="009B50E2" w:rsidRDefault="00BF6F84" w:rsidP="009912B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF6F84">
+      <w:r w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Form for Product Introduction Test </w:t>
       </w:r>
-      <w:r w:rsidR="009D5AB7" w:rsidRPr="00BF6F84">
+      <w:r w:rsidR="009D5AB7" w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF6F84">
+        <w:t>of PV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Module</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="50"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3014"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D3E97" w14:paraId="5D30AFB6" w14:textId="77777777" w:rsidTr="006D3E97">
         <w:trPr>
           <w:trHeight w:val="837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3014" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E8EA3E1" w14:textId="77777777" w:rsidR="006D3E97" w:rsidRDefault="006D3E97" w:rsidP="006D3E97">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3131C3C8" w14:textId="77777777" w:rsidR="006D3E97" w:rsidRDefault="006D3E97" w:rsidP="006D3E97">
+          <w:p w14:paraId="3131C3C8" w14:textId="06640499" w:rsidR="006D3E97" w:rsidRDefault="006D3E97" w:rsidP="006D3E97">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00B91930">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wp</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E638C62" w14:textId="77777777" w:rsidR="00442730" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00442730">
+    <w:p w14:paraId="4E638C62" w14:textId="77777777" w:rsidR="00442730" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00442730">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5985"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00442730">
+      <w:r w:rsidR="00442730" w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188AAE72" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="188AAE72" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B531CCA" w14:textId="38A37B16" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00E20744">
+    <w:p w14:paraId="1B531CCA" w14:textId="38A37B16" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00BA1536">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3930"/>
         </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B50E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20744" w:rsidRPr="009B50E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E842EE6" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-[...21 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5E842EE6" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
-[...8 lines deleted...]
-    <w:p w14:paraId="10080C44" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="1FCB56F6" w14:textId="182F8432" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of PV module. The detail information of the sample is provided in the reception form (Technical details) attached herewith. </w:t>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>We would like to inform you that we have imported / manufactured some samples of PV module. The detail information of the sample is provided in the reception form (Technical details) attached herewith. We have submitted three samples of each model of PV module for testing the products under P</w:t>
+      </w:r>
+      <w:r w:rsidR="009071F0" w:rsidRPr="009B50E2">
+        <w:t>roduct Introduction Test</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA33EA" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> category according to </w:t>
+      </w:r>
+      <w:r w:rsidR="009071F0" w:rsidRPr="009B50E2">
+        <w:t>NEPQA-2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCB56F6" w14:textId="3608C9FA" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="16BBA5C1" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-[...6 lines deleted...]
-        <w:t>NEPQA 2015.rev1.</w:t>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> We have provided the following documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D3CF11" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
-[...14 lines deleted...]
-    <w:p w14:paraId="37D2AA24" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="37D2AA24" w14:textId="19D48CA1" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="004B41B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
         <w:t xml:space="preserve">Duly filled Reception form </w:t>
       </w:r>
+      <w:r w:rsidR="004B41B1" w:rsidRPr="009B50E2">
+        <w:t>and Undertaking of IEC Certificate</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="27D5F66E" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="135BDBB2" w14:textId="0CD7A969" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="007C6D4C" w:rsidP="00CD7C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-        <w:t>Undertaking of IEC Certificate</w:t>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>IEC</w:t>
+      </w:r>
+      <w:r w:rsidR="00927D74" w:rsidRPr="009B50E2">
+        <w:t>61215</w:t>
+      </w:r>
+      <w:r w:rsidR="0071790B" w:rsidRPr="009B50E2">
+        <w:t>-1-2:2021 part 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>2, IEC</w:t>
+      </w:r>
+      <w:r w:rsidR="00927D74" w:rsidRPr="009B50E2">
+        <w:t>61730-1-2:2016 Part 1&amp;2</w:t>
+      </w:r>
+      <w:r w:rsidR="0071790B" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B765E" w:rsidRPr="009B50E2">
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7C48" w:rsidRPr="009B50E2">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007B765E" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24A9E" w:rsidRPr="009B50E2">
+        <w:t>of PV modul</w:t>
+      </w:r>
+      <w:r w:rsidR="007B765E" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">e certified </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7C48" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">by CBTL or RETL or NCB or RECB </w:t>
+      </w:r>
+      <w:r w:rsidR="007B765E" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">and enlisted </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24A9E" w:rsidRPr="009B50E2">
+        <w:t>in IECEE</w:t>
+      </w:r>
+      <w:r w:rsidR="007B765E" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> or IECRE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24A9E" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7C48" w:rsidRPr="009B50E2">
+        <w:t>and must have</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4120" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> scope of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7C48" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">PV Module </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4120" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">testing </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7C48" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4120" w:rsidRPr="009B50E2">
+        <w:t>IEC61215 &amp; IEC 61730</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565B9B26" w14:textId="78A4F4FF" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="3F5F2D19" w14:textId="648551BE" w:rsidR="002E7F9F" w:rsidRPr="009B50E2" w:rsidRDefault="007C6D4C" w:rsidP="00CD7C48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">) / 61646 Certificate of PV module certified by entity listed in IECEE </w:t>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>IEC62804-1:2015, IEC</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7F9F" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve">61701:2020, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>IEC62716;2013 certificates for PV module above 350</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7F9F" w:rsidRPr="009B50E2">
+        <w:t>Wp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135BDBB2" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
-[...8 lines deleted...]
-    <w:p w14:paraId="4607FBCD" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="4607FBCD" w14:textId="19E4C04B" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-        <w:t>Warranty of PV module provided by the principal manufacturer in their original letterhead</w:t>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>Warranty of PV module provided by the principal manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="002E79A5" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> in their letter</w:t>
+      </w:r>
+      <w:r w:rsidR="007B52DC" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E79A5" w:rsidRPr="009B50E2">
+        <w:t>head</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B53D3E5" w14:textId="318FCD69" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="19F4CBAA" w14:textId="7D330443" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>Cata</w:t>
+      </w:r>
+      <w:r w:rsidR="00296AAD" w:rsidRPr="009B50E2">
+        <w:t>logue and technical datasheet of PV Module</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19F4CBAA" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
-[...11 lines deleted...]
-    <w:p w14:paraId="5F35F992" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="34B43473" w14:textId="3FA40563" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
         <w:t>Others: ……………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B43473" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
-[...6 lines deleted...]
-    <w:p w14:paraId="004CF487" w14:textId="0CDD5A89" w:rsidR="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="234D7CDE" w14:textId="5596BD48" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
         <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
       </w:r>
-      <w:r w:rsidR="008D2B4B">
-[...6 lines deleted...]
-        <w:t>year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
+      <w:r w:rsidR="008D2B4B" w:rsidRPr="009B50E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33E55" w:rsidRPr="009B50E2">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAB132E" w14:textId="77777777" w:rsidR="008D2B4B" w:rsidRDefault="008D2B4B" w:rsidP="00D24A9E">
+    <w:p w14:paraId="6EBC0F5D" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="004253C8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>Thanks for your cooperation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1644B4" w14:textId="77777777" w:rsidR="009547D6" w:rsidRPr="009B50E2" w:rsidRDefault="009547D6" w:rsidP="00DD0E5F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C95CC4" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00F91214">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+        <w:t>Company Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="410BBC54" w14:textId="77777777" w:rsidR="008D2B4B" w:rsidRPr="00D24A9E" w:rsidRDefault="008D2B4B" w:rsidP="00D24A9E">
+    <w:p w14:paraId="6CF8B9A5" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00F91214">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="234D7CDE" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="1CF6E51B" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00F91214">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B50E2">
+        <w:t>Designation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+        <w:t>Stamp:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6EBC0F5D" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E">
+    <w:p w14:paraId="46C00185" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="009B50E2" w:rsidRDefault="00D24A9E" w:rsidP="00F91214">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA64C49" w14:textId="77777777" w:rsidR="00D24A9E" w:rsidRPr="00D24A9E" w:rsidRDefault="00D24A9E" w:rsidP="00D24A9E"/>
-[...80 lines deleted...]
-      <w:r w:rsidRPr="00D24A9E">
+    <w:p w14:paraId="7627E025" w14:textId="52E0B3C8" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00D24A9E" w:rsidP="00A66B63">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B50E2">
         <w:t>Signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D24A9E">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00D24A9E">
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B50E2">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D24A9E">
-[...1058 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3BCC8176" w14:textId="77777777" w:rsidR="00844E3E" w:rsidRDefault="00844E3E" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="2BE73ACC" w14:textId="77777777" w:rsidR="00844E3E" w:rsidRDefault="00844E3E" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -1744,164 +767,165 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004D4284">
+    <w:r w:rsidR="00A66B63">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004D4284">
+    <w:r w:rsidR="00A66B63">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6CAC0E15" w14:textId="77777777" w:rsidR="00844E3E" w:rsidRDefault="00844E3E" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="1C2123BD" w14:textId="77777777" w:rsidR="00844E3E" w:rsidRDefault="00844E3E" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="2DA55249" w:rsidR="00551892" w:rsidRPr="00335FEA" w:rsidRDefault="00E20744" w:rsidP="00E20744">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8235"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                      </w:t>
     </w:r>
     <w:r w:rsidR="0038332C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A5280F4" wp14:editId="0A29E098">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1939,50 +963,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/01/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="3674DF96" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="07ADABDD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-161925</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6086475" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6086475" cy="0"/>
@@ -2367,207 +1392,242 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="00015F5D"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00075FBC"/>
     <w:rsid w:val="000F4F1D"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="00140E61"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00200635"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00226753"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="00274B5F"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="00296AAD"/>
+    <w:rsid w:val="002E79A5"/>
+    <w:rsid w:val="002E7F9F"/>
     <w:rsid w:val="002F15BA"/>
     <w:rsid w:val="0031626C"/>
     <w:rsid w:val="00335FEA"/>
+    <w:rsid w:val="0034249E"/>
+    <w:rsid w:val="003625A8"/>
     <w:rsid w:val="0038332C"/>
     <w:rsid w:val="003A149E"/>
+    <w:rsid w:val="003C30C4"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F4921"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="004253C8"/>
     <w:rsid w:val="00442730"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="0048128E"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004B41B1"/>
     <w:rsid w:val="004D4284"/>
     <w:rsid w:val="0053192C"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00590D20"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005C64CC"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00634210"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="006637D1"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006D3E97"/>
     <w:rsid w:val="006E349D"/>
     <w:rsid w:val="00703C58"/>
+    <w:rsid w:val="0071790B"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00742006"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00752B48"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007A2ABA"/>
     <w:rsid w:val="007A42FD"/>
     <w:rsid w:val="007A74D9"/>
+    <w:rsid w:val="007B52DC"/>
+    <w:rsid w:val="007B765E"/>
+    <w:rsid w:val="007C6D4C"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00814289"/>
     <w:rsid w:val="00842CAE"/>
+    <w:rsid w:val="00844E3E"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00870842"/>
     <w:rsid w:val="00876EA3"/>
+    <w:rsid w:val="00882178"/>
     <w:rsid w:val="008A2254"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008D2B4B"/>
+    <w:rsid w:val="008E5280"/>
+    <w:rsid w:val="009071F0"/>
+    <w:rsid w:val="00927D74"/>
+    <w:rsid w:val="009547D6"/>
     <w:rsid w:val="00960D7A"/>
+    <w:rsid w:val="00974226"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009912B6"/>
+    <w:rsid w:val="009B50E2"/>
     <w:rsid w:val="009C1887"/>
     <w:rsid w:val="009D2246"/>
     <w:rsid w:val="009D5AB7"/>
     <w:rsid w:val="009F7AFF"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A445BC"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A66B63"/>
     <w:rsid w:val="00AA4329"/>
     <w:rsid w:val="00AD3287"/>
+    <w:rsid w:val="00B02CD5"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B415F2"/>
     <w:rsid w:val="00B75C73"/>
+    <w:rsid w:val="00B91930"/>
+    <w:rsid w:val="00BA1536"/>
     <w:rsid w:val="00BB700E"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BF3209"/>
     <w:rsid w:val="00BF6F84"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C537AD"/>
+    <w:rsid w:val="00C55E62"/>
     <w:rsid w:val="00C568DA"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00C8777B"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00CD7C48"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D24A9E"/>
     <w:rsid w:val="00D32B75"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D67169"/>
     <w:rsid w:val="00D7329A"/>
+    <w:rsid w:val="00DB4120"/>
+    <w:rsid w:val="00DD0E5F"/>
     <w:rsid w:val="00DE4ECD"/>
     <w:rsid w:val="00E10A5B"/>
     <w:rsid w:val="00E20744"/>
     <w:rsid w:val="00E3512C"/>
     <w:rsid w:val="00E528E8"/>
     <w:rsid w:val="00E544E7"/>
     <w:rsid w:val="00E772B6"/>
     <w:rsid w:val="00EA33EA"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F33E55"/>
     <w:rsid w:val="00F52192"/>
     <w:rsid w:val="00F546C6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F91214"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
+    <w:rsid w:val="00FC6747"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -3464,93 +2524,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6F75D81-867D-4693-A2BE-075C93DCF622}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46E8EBA9-E192-4FF4-805B-E3E849B0DA82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1699</Characters>
+  <Pages>1</Pages>
+  <Words>294</Words>
+  <Characters>1682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1993</CharactersWithSpaces>
+  <CharactersWithSpaces>1973</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>