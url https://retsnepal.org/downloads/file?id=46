--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -151,336 +151,252 @@
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742C3768" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="009C424E" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C424E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="5F5680B9" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+        <w:t>, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E52A184" w14:textId="384C4109" w:rsidR="00DE2F67" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007627CC">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38306C34" w14:textId="29019F8D" w:rsidR="001F4985" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="00275A78">
+        <w:t>/population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007627CC">
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith</w:t>
+      </w:r>
+      <w:r w:rsidR="0043699F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007627CC">
+        <w:t xml:space="preserve">Therefore, we hereby request you to collect random samples for testing according to </w:t>
+      </w:r>
+      <w:r w:rsidR="0043699F">
+        <w:t>NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2F67">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B3C84E" w14:textId="6067D4C1" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007627CC">
-        <w:t xml:space="preserve">Therefore, we hereby request you to collect random samples for testing according to </w:t>
-[...115 lines deleted...]
-    <w:p w14:paraId="7035F42E" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F23D146" w14:textId="2BDD06C2" w:rsidR="00957728" w:rsidRPr="00A7470E" w:rsidRDefault="00957728" w:rsidP="00A7470E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007627CC">
-[...3 lines deleted...]
-    <w:p w14:paraId="60E582D8" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+      <w:r w:rsidRPr="00A7470E">
+        <w:t>Duly filled Reception form</w:t>
+      </w:r>
+      <w:r w:rsidR="006819FD" w:rsidRPr="00A7470E">
+        <w:t xml:space="preserve">, Lot Information form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7470E">
+        <w:t>and Undertaking of IEC Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C20604A" w14:textId="77777777" w:rsidR="00957728" w:rsidRPr="00A7470E" w:rsidRDefault="00957728" w:rsidP="00A7470E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007627CC">
-[...3 lines deleted...]
-    <w:p w14:paraId="5FD9754E" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+      <w:r w:rsidRPr="00A7470E">
+        <w:t>IEC61215-1-2:2021 part 1-2, IEC61730-1-2:2016 Part 1&amp;2 certificates of PV module certified by CBTL or RETL or NCB or RECB and enlisted in IECEE or IECRE and must have scope of PV Module testing for IEC61215 &amp; IEC 61730</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011AEC60" w14:textId="77777777" w:rsidR="00957728" w:rsidRPr="00A7470E" w:rsidRDefault="00957728" w:rsidP="00A7470E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007627CC">
-[...15 lines deleted...]
-    <w:p w14:paraId="2FE52B87" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+      <w:r w:rsidRPr="00A7470E">
+        <w:t>IEC62804-1:2015, IEC61701:2020, IEC62716;2013 certificates for PV module above 350Wp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EACB29" w14:textId="77777777" w:rsidR="00957728" w:rsidRPr="00DD0E5F" w:rsidRDefault="00957728" w:rsidP="00A7470E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7470E">
+        <w:t>Warranty of PV module provided by the principal manufacturer in their letter head</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E582D8" w14:textId="2611B423" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="00957728">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007627CC">
-        <w:t xml:space="preserve">We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time in future we assure to bear all the financial and legal consequences and actions whatsoever. </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A16">
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007627CC">
+        <w:t>) and hard copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD9754E" w14:textId="762B945E" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007627CC">
+        <w:t xml:space="preserve">Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3AAD">
+        <w:t xml:space="preserve">valid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007627CC">
+        <w:t>PIT Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFB9FB6" w14:textId="77777777" w:rsidR="00957728" w:rsidRPr="00DD0E5F" w:rsidRDefault="00957728" w:rsidP="00957728">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0E5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Catalogue and technical datasheet of PV Module</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE52B87" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="25603B92" w14:textId="77777777" w:rsidR="004E1620" w:rsidRDefault="004E1620" w:rsidP="001F4985">
+      <w:r w:rsidRPr="007627CC">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A494066" w14:textId="225C5DEB" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="77DA2587" w14:textId="77777777" w:rsidR="004E1620" w:rsidRDefault="004E1620" w:rsidP="001F4985">
+      <w:r w:rsidRPr="007627CC">
+        <w:t xml:space="preserve">We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time in future we assure to bear all the financial and legal consequences and actions whatsoever. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80DFB" w:rsidRPr="00D80DFB">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007627CC">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47386823" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06DEB5EA" w14:textId="77777777" w:rsidR="004E1620" w:rsidRPr="007627CC" w:rsidRDefault="004E1620" w:rsidP="001F4985">
+    <w:p w14:paraId="59FFF3CF" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="007627CC">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B393805" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="47CF9B56" w14:textId="77777777" w:rsidR="007578DC" w:rsidRDefault="007578DC" w:rsidP="001F4985"/>
     <w:p w14:paraId="0287141A" w14:textId="77777777" w:rsidR="007578DC" w:rsidRDefault="007578DC" w:rsidP="001F4985"/>
     <w:p w14:paraId="6D270044" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
       <w:r w:rsidRPr="007627CC">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
@@ -549,2397 +465,1007 @@
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="007627CC">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15425493" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985"/>
-    <w:p w14:paraId="2CB33703" w14:textId="77777777" w:rsidR="001F4985" w:rsidRPr="007627CC" w:rsidRDefault="001F4985" w:rsidP="001F4985">
-[...29 lines deleted...]
-    <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
+    <w:p w14:paraId="49BE51FC" w14:textId="77777777" w:rsidR="0075543D" w:rsidRDefault="0075543D" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB683DE" w14:textId="77777777" w:rsidR="0075543D" w:rsidRDefault="0075543D" w:rsidP="00137C7B">
-[...134 lines deleted...]
-    <w:p w14:paraId="01E4A452" w14:textId="776B8BFE" w:rsidR="002E494A" w:rsidRDefault="0072534A" w:rsidP="00341214">
+    <w:p w14:paraId="01E4A452" w14:textId="776B8BFE" w:rsidR="002E494A" w:rsidRPr="00FD72EF" w:rsidRDefault="0072534A" w:rsidP="00341214">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006848F1">
+      <w:r w:rsidRPr="00FD72EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Lot Information Form for Random Sampling Test of PV Module</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34BA2A29" w14:textId="77777777" w:rsidR="006848F1" w:rsidRPr="006848F1" w:rsidRDefault="006848F1" w:rsidP="002E494A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4941" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2077"/>
-        <w:gridCol w:w="7056"/>
+        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="6775"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="50E8BEB7" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="50E8BEB7" w14:textId="77777777" w:rsidTr="00EB65DC">
         <w:trPr>
-          <w:trHeight w:val="1250"/>
+          <w:trHeight w:val="648"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Component</w:t>
+            <w:tcW w:w="1291" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B80977C" w14:textId="1059E2CC" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="00EB65DC" w:rsidP="00895093">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Type PV Module</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F4044A5" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="691BB92F" w14:textId="77777777" w:rsidR="00EB65DC" w:rsidRDefault="002E494A" w:rsidP="00EB65DC">
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
-              <w:t xml:space="preserve"> PV module    </w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+              <w:t xml:space="preserve">  Crystalline                       </w:t>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
-              <w:t xml:space="preserve">  Crystalline                       </w:t>
-            </w:r>
+              <w:t xml:space="preserve">  Thin Film            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFA0042" w14:textId="1DE24CD7" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00EB65DC">
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009D0B26">
-              <w:t xml:space="preserve">  Thin Film            </w:t>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D0B26">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB65DC">
+              <w:t xml:space="preserve">Mono-Facial                     </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB65DC" w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009D0B26">
+            <w:r w:rsidR="00EB65DC" w:rsidRPr="009D0B26">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009D0B26">
+            <w:r w:rsidR="00EB65DC" w:rsidRPr="009D0B26">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="009D0B26">
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> CIGS</w:t>
+            <w:r w:rsidR="00EB65DC">
+              <w:t xml:space="preserve">  Bi-Facial</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB65DC" w:rsidRPr="009D0B26">
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD4136C" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
-[...101 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="25DAFB1E" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="25DAFB1E" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE94B0D" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
-[...1 lines deleted...]
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+          <w:p w14:paraId="0BE94B0D" w14:textId="696E35C3" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00895093">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Detail of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r w:rsidR="00E22686">
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FF0D9AA" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="1B556383" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="1B556383" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE075C1" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Reference Number(</w:t>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A124E5F" w14:textId="441176BF" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00E22686">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D0B26">
               <w:t>Chalani</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D0B26">
               <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="1C7FB16F" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="1C7FB16F" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D759A1" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21964271" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="06652AD0" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="06652AD0" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C6B4A1" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Total population approved by AEPC for Import:</w:t>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070C855E" w14:textId="21A00E00" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00E22686">
+              <w:t xml:space="preserve">population </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="00E22686">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="2D376C99" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="2D376C99" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722821DC" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
-[...1 lines deleted...]
-              <w:t>Lot Details</w:t>
+          <w:p w14:paraId="722821DC" w14:textId="00A44B24" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="005D3A0E" w:rsidP="00895093">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="002E494A" w:rsidRPr="009D0B26">
+              <w:t>etails</w:t>
+            </w:r>
+            <w:r w:rsidR="00942241">
+              <w:t xml:space="preserve"> of Lot / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A7ECE3" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="5F4D7B4A" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="5F4D7B4A" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="424E02E6" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D1F8D0" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t xml:space="preserve">Brand : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23431370" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t xml:space="preserve">Model : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="01C3DCB7" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="01C3DCB7" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A7FAA4A" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB49BA5" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
-              <w:t>Nominal Power (</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">) : </w:t>
+              <w:t xml:space="preserve">Nominal Power (Wp) : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="27DFA016" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="27DFA016" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51F70ECD" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Batch No:</w:t>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFFC2C4" w14:textId="5129A165" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Batch No</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB774B">
+              <w:t xml:space="preserve"> (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="35120F84" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="35120F84" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="490D3F63" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C45992D" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>Lot No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="752A14A3" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="752A14A3" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10EA0F53" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E5AAADB" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77598D3D" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+          <w:p w14:paraId="77598D3D" w14:textId="5C8ED97F" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t xml:space="preserve">Serial Number: From …………….. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009D0B26">
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009D0B26">
-              <w:t xml:space="preserve"> ………………………………..</w:t>
+              <w:t>………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="418C5CC3" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
-          <w:p w14:paraId="40CF8B91" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
+          <w:p w14:paraId="40CF8B91" w14:textId="3F4CD816" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="00CB774B" w:rsidP="00371E25">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D0B26">
-[...3 lines deleted...]
-              <w:t>Please attach the sheet if necessary</w:t>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Plea</w:t>
+            </w:r>
+            <w:r>
+              <w:t>se attach the sheet if not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="76865016" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="76865016" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A669EAF" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DE287F2" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="5D3929B1" w14:textId="77777777" w:rsidTr="00371E25">
-[...23 lines deleted...]
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="287DBB8E" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="287DBB8E" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="750151E0" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EAEF1C4" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
             <w:r w:rsidRPr="009D0B26">
               <w:t xml:space="preserve">Total Population (total no. of PV modules) in a lot: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="54AFD580" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="00EC4870" w:rsidRPr="009D0B26" w14:paraId="54AFD580" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A90F7C5" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25">
-[...1 lines deleted...]
-              <w:t>Local Company Detail</w:t>
+          <w:p w14:paraId="7A90F7C5" w14:textId="0E52BCC9" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00895093">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>ocal Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="267E41D2" w14:textId="5431CE04" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="2CAE89FA" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="00EC4870" w:rsidRPr="009D0B26" w14:paraId="2CAE89FA" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789E82E3" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Name: </w:t>
+          <w:p w14:paraId="789E82E3" w14:textId="77777777" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7410342D" w14:textId="15B9610C" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="6F4B37BC" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="00EC4870" w:rsidRPr="009D0B26" w14:paraId="6F4B37BC" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EEFF764" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
-[...8 lines deleted...]
-              <w:t>Address:</w:t>
+          <w:p w14:paraId="3EEFF764" w14:textId="77777777" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F27A51" w14:textId="03CCCAED" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="52048842" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="00EC4870" w:rsidRPr="009D0B26" w14:paraId="52048842" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A61DFC" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
-[...8 lines deleted...]
-              <w:t>Email:</w:t>
+          <w:p w14:paraId="33A61DFC" w14:textId="77777777" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D91B9A" w14:textId="62919719" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25">
+            <w:r w:rsidRPr="009D0B26">
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="21755564" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="00EC4870" w:rsidRPr="009D0B26" w14:paraId="40479B9A" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EC375A" w14:textId="77777777" w:rsidR="002E494A" w:rsidRPr="009D0B26" w:rsidRDefault="002E494A" w:rsidP="00371E25"/>
-[...8 lines deleted...]
-              <w:t>Tel No. / Fax :</w:t>
+          <w:p w14:paraId="2D599022" w14:textId="77777777" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="00EC4870" w:rsidP="00371E25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFB21AC" w14:textId="096EA907" w:rsidR="00EC4870" w:rsidRPr="009D0B26" w:rsidRDefault="007274F5" w:rsidP="00371E25">
+            <w:r>
+              <w:t xml:space="preserve">Tel/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4870" w:rsidRPr="009D0B26">
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E494A" w:rsidRPr="009D0B26" w14:paraId="40479B9A" w14:textId="77777777" w:rsidTr="00371E25">
+      <w:tr w:rsidR="007274F5" w:rsidRPr="009D0B26" w14:paraId="3F80ACA6" w14:textId="77777777" w:rsidTr="00DF4918">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
-[...12 lines deleted...]
-              <w:t>Contact Person:</w:t>
+            <w:tcW w:w="1291" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECEC53B" w14:textId="466C43C8" w:rsidR="007274F5" w:rsidRPr="009D0B26" w:rsidRDefault="007274F5" w:rsidP="007274F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...21 lines deleted...]
-          </w:p>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42712393" w14:textId="77777777" w:rsidR="007274F5" w:rsidRDefault="007274F5" w:rsidP="00371E25"/>
+          <w:p w14:paraId="3D7152C2" w14:textId="77777777" w:rsidR="007274F5" w:rsidRPr="009D0B26" w:rsidRDefault="007274F5" w:rsidP="00371E25"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F496F97" w14:textId="18FECBFF" w:rsidR="0075543D" w:rsidRDefault="0075543D" w:rsidP="002E494A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56AB41FF" w14:textId="01DA377C" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00597295">
+    <w:p w14:paraId="56AB41FF" w14:textId="01DA377C" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00FD72EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006262DD">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030FC5AE" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00597295">
+    <w:p w14:paraId="030FC5AE" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00FD72EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006262DD">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1F6939" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00597295"/>
-    <w:p w14:paraId="43146E59" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00597295">
+    <w:p w14:paraId="0F1F6939" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00FD72EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43146E59" w14:textId="77777777" w:rsidR="00597295" w:rsidRPr="006262DD" w:rsidRDefault="00597295" w:rsidP="00FD72EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006262DD">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="006262DD">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4AD2F0" w14:textId="2872C98F" w:rsidR="0075543D" w:rsidRPr="006262DD" w:rsidRDefault="0075543D" w:rsidP="00597295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="570"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="048B2E49" w14:textId="77777777" w:rsidR="0075543D" w:rsidRPr="006262DD" w:rsidRDefault="0075543D" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...1060 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="23ED32B9" w14:textId="0168FDDA" w:rsidR="0075543D" w:rsidRPr="00137C7B" w:rsidRDefault="0075543D" w:rsidP="001B7DA5">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="0075543D" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3F988AAD" w14:textId="77777777" w:rsidR="00DA1D12" w:rsidRDefault="00DA1D12" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3CFF7155" w14:textId="77777777" w:rsidR="00DA1D12" w:rsidRDefault="00DA1D12" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2951,150 +1477,151 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DE2F67">
+    <w:r w:rsidR="00FD72EF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DE2F67">
+    <w:r w:rsidR="00FD72EF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5F870F4B" w14:textId="77777777" w:rsidR="00DA1D12" w:rsidRDefault="00DA1D12" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6F0A77A5" w14:textId="77777777" w:rsidR="00DA1D12" w:rsidRDefault="00DA1D12" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3113,50 +1640,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="5F2AFD23" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="2655368F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>209082</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5715000" cy="1947"/>
               <wp:effectExtent l="12700" t="38100" r="25400" b="48895"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5715000" cy="1947"/>
@@ -3541,185 +2069,214 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00054636"/>
     <w:rsid w:val="000B6C55"/>
     <w:rsid w:val="000F6E78"/>
     <w:rsid w:val="001015E7"/>
     <w:rsid w:val="00111C34"/>
     <w:rsid w:val="00126A38"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="00147F2F"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="001704CC"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00184161"/>
     <w:rsid w:val="001B7DA5"/>
     <w:rsid w:val="001F4985"/>
+    <w:rsid w:val="0021174D"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
+    <w:rsid w:val="00275A78"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002E2562"/>
     <w:rsid w:val="002E494A"/>
     <w:rsid w:val="00341214"/>
     <w:rsid w:val="003460FB"/>
+    <w:rsid w:val="00361FB9"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="0041415F"/>
+    <w:rsid w:val="0043699F"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004D2AF4"/>
     <w:rsid w:val="004E1620"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00597295"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005C5651"/>
+    <w:rsid w:val="005D3A0E"/>
     <w:rsid w:val="005E241C"/>
+    <w:rsid w:val="005E3AAD"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="006262DD"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="006819FD"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="006848F1"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="007028FC"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="0072534A"/>
+    <w:rsid w:val="007274F5"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="0075543D"/>
     <w:rsid w:val="007578DC"/>
     <w:rsid w:val="007627CC"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007A558A"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="00847FAC"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="0088127C"/>
+    <w:rsid w:val="00895093"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008C2DF7"/>
+    <w:rsid w:val="00914F4E"/>
+    <w:rsid w:val="00942241"/>
+    <w:rsid w:val="00957728"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009D0B26"/>
+    <w:rsid w:val="009E09BD"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A7470E"/>
+    <w:rsid w:val="00AC393A"/>
+    <w:rsid w:val="00AE6A16"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD5715"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C11F66"/>
+    <w:rsid w:val="00C34501"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C925A7"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CB774B"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CE537A"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D42E4B"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D623BC"/>
+    <w:rsid w:val="00D80DFB"/>
+    <w:rsid w:val="00DA1D12"/>
     <w:rsid w:val="00DE2F67"/>
+    <w:rsid w:val="00DF4918"/>
+    <w:rsid w:val="00E22686"/>
+    <w:rsid w:val="00E46A47"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EB65DC"/>
+    <w:rsid w:val="00EC4870"/>
     <w:rsid w:val="00ED6776"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F53BD2"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
+    <w:rsid w:val="00FD72EF"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4646,78 +3203,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B0080ED-5454-49B9-8803-4A89AB35600A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5945D7D-E393-41B4-8A3E-5766AC2EF1B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3118</Characters>
+  <Pages>2</Pages>
+  <Words>443</Words>
+  <Characters>2530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3657</CharactersWithSpaces>
+  <CharactersWithSpaces>2968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>