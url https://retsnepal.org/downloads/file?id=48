--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -11,222 +11,312 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="4ACFD5F2" w:rsidR="00C450C1" w:rsidRDefault="00C450C1" w:rsidP="003E4C6C">
-[...3 lines deleted...]
-    <w:p w14:paraId="62526CF6" w14:textId="7B79583A" w:rsidR="008F5D98" w:rsidRPr="008F5D98" w:rsidRDefault="008F5D98" w:rsidP="00A70DAE">
+    <w:p w14:paraId="224F7697" w14:textId="0BCA98C7" w:rsidR="00137C7B" w:rsidRDefault="008F5D98" w:rsidP="001C7C64">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5D98">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Undertaking of IEC Certificate for PV Modules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00C450C1">
+    <w:p w14:paraId="01DF312F" w14:textId="7653B141" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="001C7C64">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We hereby declare that the following IEC certificate of PV module submitted by us is genuine. We understand that </w:t>
       </w:r>
       <w:r w:rsidR="00867B38">
         <w:t>in case</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> the certificate is found fake, the certificates/letters issued from Renewable Energy Test Station(RETS) will automatically be considered invalid and void and we shall be responsible for all legal action whatsoever that may arise thereafter.</w:t>
+        <w:t xml:space="preserve"> the certificate is found fake, the certificates/letters issued from Renewable Energy Test Station</w:t>
+      </w:r>
+      <w:r w:rsidR="000300F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(RETS) will automatically be considered invalid and void and we shall be responsible for all legal action whatsoever that may arise thereafter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DF312F" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
-    <w:p w14:paraId="6A6E91D7" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
+    <w:p w14:paraId="7C176653" w14:textId="03C3F5D7" w:rsidR="00484663" w:rsidRPr="000B4984" w:rsidRDefault="00484663" w:rsidP="001C7C64">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B4984">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Details of IEC Certificate:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C176653" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="000B4984" w:rsidRDefault="00484663" w:rsidP="00484663">
+    <w:p w14:paraId="09418B59" w14:textId="77777777" w:rsidR="005A4A5A" w:rsidRDefault="00484663" w:rsidP="001C7C64">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005A4A5A">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Check27"/>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="0" w:name="Check27"/>
+      <w:r w:rsidRPr="005A4A5A">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AF0501">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005A4A5A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...28 lines deleted...]
-      <w:r w:rsidR="00AE5A16">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005A4A5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D37773">
-        <w:t>((PV) Modules-Design Qualification and Type approval</w:t>
+      <w:r w:rsidR="005A4A5A" w:rsidRPr="005A4A5A">
+        <w:t>IEC 61215-2:2021: Terrestrial photovoltaic (PV) modules - Design qualification and type approval – Part 1: Test requirements and Part 2: Test procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015C6E62" w14:textId="77777777" w:rsidR="00EF308B" w:rsidRPr="00D37773" w:rsidRDefault="00EF308B" w:rsidP="00484663"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D37773">
+    <w:p w14:paraId="4F01246B" w14:textId="14C114B2" w:rsidR="005A4A5A" w:rsidRPr="007A76D3" w:rsidRDefault="005A4A5A" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4A5A">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00D37773">
+      <w:r w:rsidRPr="005A4A5A">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D37773">
+      <w:r w:rsidRPr="005A4A5A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D37773">
-        <w:t xml:space="preserve">  IEC 61646-Thin film Terrestrial Photovoltaic (PV) Modules-Design Qualification and Type Approval</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A76D3">
+        <w:t xml:space="preserve">IEC61730-1:2016, IEC 61730-2:2016 - Photovoltaic (PV) module safety qualification - Part 1: Requirements for construction and Part 2: Requirements for testing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584EF18A" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00D37773" w:rsidRDefault="00484663" w:rsidP="00484663"/>
+    <w:p w14:paraId="6C627DAF" w14:textId="1F324060" w:rsidR="009A3500" w:rsidRPr="007A76D3" w:rsidRDefault="009A3500" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A76D3">
+        <w:t xml:space="preserve">IEC 61215-1-2:2021 - Terrestrial Photovoltaic (PV) Modules - Design qualification and type approval – Part 1-2: Special requirements for testing of thin film based photovoltaic (PV) modules </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F65626" w14:textId="07E244DE" w:rsidR="00D615B2" w:rsidRPr="00D615B2" w:rsidRDefault="00D615B2" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A76D3">
+        <w:t xml:space="preserve">IEC62804-1:2015- Photovoltaic (PV) Modules – Test methods for the detection of potential induced degradation - Part 1: Crystalline silicon (For PV Module above 350Wp) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69867191" w14:textId="65BFBBF6" w:rsidR="00D615B2" w:rsidRPr="007A76D3" w:rsidRDefault="00D615B2" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A76D3">
+        <w:t xml:space="preserve">IEC 61701:2020 – Photovoltaic (PV) Modules – Salt mist corrosion testing (For PV module above 350Wp) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015C6E62" w14:textId="0FBAE9E3" w:rsidR="00EF308B" w:rsidRPr="00D37773" w:rsidRDefault="00D615B2" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005A4A5A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A76D3">
+        <w:t xml:space="preserve">IEC 62716:2013 – Photovoltaic (PV) Modules - Ammonia corrosion testing (For PV module above 350Wp) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDEF3D1" w14:textId="10AB6676" w:rsidR="002042AC" w:rsidRPr="00D37773" w:rsidRDefault="00023027" w:rsidP="001C7C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D76B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00951236" w:rsidRPr="007A76D3">
+        <w:t>The PV Module must be certified by Certification Body Testing Laboratory (CBTL) or Renewable Energy Testing Laboratory (RETL) or National Certification Body (NCB) or Renewable Energy Certification Body (RECB) enlisted in the IECEE website or IECRE website. The enlisted CBTL or RETL or NCB or RECB must have Scope of PV Module Testing for IEC 61215, IEC 61730.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1669"/>
         <w:gridCol w:w="7573"/>
       </w:tblGrid>
       <w:tr w:rsidR="00484663" w14:paraId="7116D4EE" w14:textId="77777777" w:rsidTr="00A50D0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="010FE6B0" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="002844B2" w:rsidRDefault="00484663" w:rsidP="00A50D0B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002844B2">
@@ -286,422 +376,476 @@
             </w:pPr>
             <w:r w:rsidRPr="002844B2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Certificate Issued By:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26D745C8" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3AE4C6ED" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1779"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3015"/>
+        <w:gridCol w:w="1765"/>
+        <w:gridCol w:w="1583"/>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="2294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00484663" w14:paraId="03617F21" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...4 lines deleted...]
-          <w:p w14:paraId="75B03348" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="00A50D0B">
+      <w:tr w:rsidR="00484663" w14:paraId="03617F21" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B03348" w14:textId="3D11D7AB" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00840294" w:rsidP="003A0359">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00996478">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Model/Type of PV Module</w:t>
+              <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03AC5269" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="00A50D0B">
+            <w:tcW w:w="1583" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AC5269" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="003A0359">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00996478">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Watt Peak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04E2465D" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="00A50D0B">
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E2465D" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="003A0359">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00996478">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Certificate/Ref. no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77B20472" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00484663" w:rsidP="00A50D0B">
+            <w:tcW w:w="2294" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B20472" w14:textId="7A729489" w:rsidR="00484663" w:rsidRPr="00996478" w:rsidRDefault="00840294" w:rsidP="003A0359">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00996478">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Type(Mono/Poly/Thin Film)</w:t>
+              <w:t>Type of PV Module</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484663" w14:paraId="35D3849E" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...2 lines deleted...]
-            <w:tcW w:w="1818" w:type="dxa"/>
+      <w:tr w:rsidR="00484663" w14:paraId="35D3849E" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E56D640" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7466371A" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="105CE931" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="576AC34F" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484663" w14:paraId="2BF1966A" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...2 lines deleted...]
-            <w:tcW w:w="1818" w:type="dxa"/>
+      <w:tr w:rsidR="00484663" w14:paraId="2BF1966A" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E936FDA" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4936B87D" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53507963" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="514DACF8" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484663" w14:paraId="4F749AF6" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...2 lines deleted...]
-            <w:tcW w:w="1818" w:type="dxa"/>
+      <w:tr w:rsidR="00484663" w14:paraId="4F749AF6" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E241EB2" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ABA89B9" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6142702C" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CD62C76" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484663" w14:paraId="24595BC9" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...2 lines deleted...]
-            <w:tcW w:w="1818" w:type="dxa"/>
+      <w:tr w:rsidR="00484663" w14:paraId="24595BC9" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47699F04" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A063984" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BD9475C" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7993560E" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00484663" w14:paraId="3D10A245" w14:textId="77777777" w:rsidTr="00A50D0B">
-[...2 lines deleted...]
-            <w:tcW w:w="1818" w:type="dxa"/>
+      <w:tr w:rsidR="00484663" w14:paraId="3D10A245" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1322FBE0" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40256949" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7644F619" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EA22274" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00A50D0B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00021485" w14:paraId="004D6E03" w14:textId="77777777" w:rsidTr="00FC608E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5B6315" w14:textId="77777777" w:rsidR="00021485" w:rsidRDefault="00021485" w:rsidP="00A50D0B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F4EB61" w14:textId="77777777" w:rsidR="00021485" w:rsidRDefault="00021485" w:rsidP="00A50D0B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F6BE67" w14:textId="77777777" w:rsidR="00021485" w:rsidRDefault="00021485" w:rsidP="00A50D0B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2294" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F37146" w14:textId="77777777" w:rsidR="00021485" w:rsidRDefault="00021485" w:rsidP="00A50D0B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="422DFAA5" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
     <w:p w14:paraId="78F57403" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
-    <w:p w14:paraId="7B70A2C1" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
-      <w:r w:rsidRPr="00484663">
+    <w:p w14:paraId="7B70A2C1" w14:textId="6D3B4C62" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00310CC4" w:rsidP="00484663">
+      <w:r>
+        <w:t xml:space="preserve">IEC Certificates and </w:t>
+      </w:r>
+      <w:r w:rsidR="00484663" w:rsidRPr="00484663">
         <w:t>Samples submitted by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641CA73C" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
-    <w:p w14:paraId="2B20B622" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
+    <w:p w14:paraId="2B20B622" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00C71F35">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00484663">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
         <w:t>Designation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A489C43" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
-    <w:p w14:paraId="20F7FF1C" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
+    <w:p w14:paraId="3A489C43" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00C71F35">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20F7FF1C" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00C71F35">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00484663">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00484663">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650296F5" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00484663"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F662147" w14:textId="77777777" w:rsidR="00484663" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
+    <w:p w14:paraId="19E3EC77" w14:textId="77777777" w:rsidR="00484663" w:rsidRDefault="00484663" w:rsidP="00484663">
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="5F09F152" w14:textId="67F3F568" w:rsidR="00137C7B" w:rsidRPr="00484663" w:rsidRDefault="00484663" w:rsidP="00137C7B">
       <w:r w:rsidRPr="00484663">
         <w:t>Company Seal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00484663" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00484663" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="1FC6C392" w14:textId="77777777" w:rsidR="00850949" w:rsidRDefault="00850949" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="49F2F2FE" w14:textId="77777777" w:rsidR="00850949" w:rsidRDefault="00850949" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="48240AAD" w14:textId="77777777" w:rsidR="003A4313" w:rsidRDefault="003A4313">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
@@ -730,170 +874,171 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B3D96">
+    <w:r w:rsidR="00C71F35">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B3D96">
+    <w:r w:rsidR="00C71F35">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="20D24BFB" w14:textId="77777777" w:rsidR="003A4313" w:rsidRDefault="003A4313">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="7443C10A" w14:textId="77777777" w:rsidR="00850949" w:rsidRDefault="00850949" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="605179A6" w14:textId="77777777" w:rsidR="00850949" w:rsidRDefault="00850949" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="4E3240A4" w14:textId="77777777" w:rsidR="003A4313" w:rsidRDefault="003A4313">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -912,50 +1057,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="7B4D5EE8" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="2F77348E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-123825</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6010275" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6010275" cy="0"/>
@@ -1223,167 +1369,187 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00021485"/>
+    <w:rsid w:val="00023027"/>
+    <w:rsid w:val="000300F3"/>
     <w:rsid w:val="00056A38"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="001C7C64"/>
+    <w:rsid w:val="002042AC"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002B3D96"/>
+    <w:rsid w:val="00310CC4"/>
+    <w:rsid w:val="003A0359"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A4313"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E224B"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484663"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="005A4A5A"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005D76B8"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006A33A6"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007A76D3"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="00840294"/>
+    <w:rsid w:val="00850949"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867B38"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008F5D98"/>
     <w:rsid w:val="009053A6"/>
+    <w:rsid w:val="00951236"/>
     <w:rsid w:val="00967BD2"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009A3500"/>
+    <w:rsid w:val="009D1D63"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A70DAE"/>
+    <w:rsid w:val="00A90A7E"/>
     <w:rsid w:val="00AE5A16"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C06DBC"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C71F35"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C93F22"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CB2D29"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00D16EF5"/>
     <w:rsid w:val="00D22A5C"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D37773"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D615B2"/>
     <w:rsid w:val="00D91D02"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB6870"/>
     <w:rsid w:val="00EF308B"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FC608E"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -1690,50 +1856,67 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="005A4A5A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2032,50 +2215,67 @@
     <w:rsid w:val="00484663"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="005A4A5A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2355,78 +2555,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6637148A-656B-4006-A66F-A7AD6E824B90}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11C0864C-1E6B-49A4-91F5-C85DA448FB9C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>151</Words>
-  <Characters>862</Characters>
+  <Words>305</Words>
+  <Characters>1742</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1011</CharactersWithSpaces>
+  <CharactersWithSpaces>2043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>