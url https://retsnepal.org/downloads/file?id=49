--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -11,2010 +11,2377 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="24A8BEA5" w14:textId="77777777" w:rsidR="00185F6B" w:rsidRDefault="006037B2" w:rsidP="0096714D">
+    <w:p w14:paraId="24A8BEA5" w14:textId="3C0ADAA1" w:rsidR="00185F6B" w:rsidRDefault="00051C68" w:rsidP="0096714D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3750"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006037B2">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reception Form for Observation Test of </w:t>
+        <w:t xml:space="preserve">Reception Form for </w:t>
       </w:r>
-      <w:r w:rsidRPr="006037B2">
+      <w:r w:rsidR="006037B2" w:rsidRPr="006037B2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="006037B2" w:rsidRPr="006037B2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="006037B2" w:rsidRPr="006037B2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PV Module</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="140"/>
         <w:tblW w:w="5092" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3356"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2257"/>
+        <w:gridCol w:w="3258"/>
+        <w:gridCol w:w="6154"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="24BDD3E4" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="24BDD3E4" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56DB1F1F" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3217" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3269" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F45D309" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="639E5D51" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="639E5D51" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2176A094" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00097031">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3217" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3269" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EFB23EE" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:t>Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="3C65C829" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="684328E3" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6ECFEE" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Contact Person: </w:t>
+          <w:p w14:paraId="27BCA516" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B160ED1" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Email :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="684328E3" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="0872A130" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27BCA516" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
-[...9 lines deleted...]
-              <w:t>Email :</w:t>
+          <w:p w14:paraId="738478CF" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1B9011" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Website:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="0872A130" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="3F0AD14F" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...15 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309E6D14" w14:textId="1C4BA3F7" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+            <w:r w:rsidR="00E522F0">
+              <w:t xml:space="preserve"> (who bring)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CB6C69" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="3F0AD14F" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00A04955" w:rsidRPr="00097031" w14:paraId="147E8F1D" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="48CB6C69" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0CA363" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Local Supplier’s Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E4BEB9" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7563B2" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Mailing:</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="147E8F1D" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00A04955" w:rsidRPr="00097031" w14:paraId="131316C6" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...18 lines deleted...]
-              <w:t>Mailing:</w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56451124" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AF8877" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="131316C6" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00A04955" w:rsidRPr="00097031" w14:paraId="6E377E23" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56451124" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
-[...9 lines deleted...]
-              <w:t>Email:</w:t>
+          <w:p w14:paraId="5E5D5FBA" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2E4C72" w14:textId="7DBA2E3F" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="6E377E23" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00A04955" w:rsidRPr="00097031" w14:paraId="687CA767" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5D5FBA" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
-[...10 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1BAB9238" w14:textId="77777777" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2015341B" w14:textId="209C2D03" w:rsidR="00A04955" w:rsidRPr="00097031" w:rsidRDefault="00A04955" w:rsidP="00052556">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text11"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="2A3793EF" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="2A3793EF" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61EF04EA" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3217" w:type="pct"/>
-[...26 lines deleted...]
-          </w:p>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="7378C841" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BA75614" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+          <w:p w14:paraId="7BA75614" w14:textId="30198519" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
-              <w:t xml:space="preserve">  Imported, if imported then</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="78EFFFDC" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+              <w:t xml:space="preserve">  Imported</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:r w:rsidR="009D3CD0">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="78EFFFDC" w14:textId="28266C8F" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="009D3CD0">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
-              <w:t xml:space="preserve">  Locally purchased from ……………….</w:t>
-            </w:r>
+              <w:t xml:space="preserve">  Locally purchased from </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3CD0">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="277C99A7" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="277C99A7" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
+            <w:tcW w:w="1731" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3132F8CA" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3217" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3269" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B7F235F" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text1"/>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="31896286" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00EA7F39" w:rsidRPr="00097031" w14:paraId="61D180C4" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8C9BC8" w14:textId="3D45C302" w:rsidR="00EA7F39" w:rsidRPr="00097031" w:rsidRDefault="00EA7F39" w:rsidP="00052556">
+            <w:r>
+              <w:t>Serial Numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49411BBA" w14:textId="7869FA9D" w:rsidR="00EA7F39" w:rsidRPr="00097031" w:rsidRDefault="00EA7F39" w:rsidP="00052556">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text2"/>
-            <w:r w:rsidRPr="00097031">
+            <w:bookmarkStart w:id="5" w:name="Text5"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="7B31B493" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="002B089A" w:rsidRPr="00097031" w14:paraId="7B31B493" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E958E6F" w14:textId="1963DE85" w:rsidR="002B089A" w:rsidRPr="00097031" w:rsidRDefault="002801F0" w:rsidP="00052556">
+            <w:r>
+              <w:t>Details of Module</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B578A21" w14:textId="401CCB64" w:rsidR="00085709" w:rsidRPr="00097031" w:rsidRDefault="00085709" w:rsidP="00085709">
+            <w:r>
+              <w:t>Module dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check5"/>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text9"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:t xml:space="preserve"> mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485B056E" w14:textId="529E6889" w:rsidR="00085709" w:rsidRDefault="006B7085" w:rsidP="00085709">
+            <w:r>
+              <w:t>Type of Module</w:t>
+            </w:r>
+            <w:r w:rsidR="00085709" w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00897EB7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00897EB7">
+              <w:t xml:space="preserve"> Crystalline          </w:t>
+            </w:r>
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check6"/>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00897EB7" w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00897EB7">
+              <w:t xml:space="preserve"> Thin Film </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EC26F3" w14:textId="614614F4" w:rsidR="00085709" w:rsidRDefault="003F7BE2" w:rsidP="00085709">
+            <w:r>
+              <w:t xml:space="preserve">Type of </w:t>
+            </w:r>
+            <w:r w:rsidR="00226D17">
+              <w:t>Generation</w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check7"/>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...8 lines deleted...]
-          <w:p w14:paraId="675F2652" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r>
+              <w:t xml:space="preserve"> Mono-Facial  </w:t>
+            </w:r>
+            <w:r w:rsidR="00351AAA">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check8"/>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:r>
+              <w:t xml:space="preserve"> Bi-Facial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F53446B" w14:textId="77777777" w:rsidR="002B089A" w:rsidRDefault="003F7BE2" w:rsidP="00085709">
+            <w:r>
+              <w:t>Module Efficiency</w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check13"/>
+                  <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00085709">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085709">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00085709">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="002B089A" w:rsidRPr="00097031">
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4266C21D" w14:textId="19DB000A" w:rsidR="00986521" w:rsidRPr="00097031" w:rsidRDefault="00986521" w:rsidP="00085709">
+            <w:r>
+              <w:t xml:space="preserve">Fill Factor: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check12"/>
+                  <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:bookmarkStart w:id="7" w:name="Text10"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...116 lines deleted...]
-              <w:t>……………..</w:t>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="6FD5B439" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="008A282E" w:rsidRPr="00097031" w14:paraId="5D747EE3" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...34 lines deleted...]
-              <w:t>Thickness ………</w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F4A329" w14:textId="506CBE0F" w:rsidR="008A282E" w:rsidRPr="00097031" w:rsidRDefault="0097312D" w:rsidP="00052556">
+            <w:r>
+              <w:t>Details of Cell/s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D00C392" w14:textId="3A3C0BB3" w:rsidR="008A282E" w:rsidRPr="00097031" w:rsidRDefault="00085709" w:rsidP="00052556">
+            <w:r>
+              <w:t>Cell dimension</w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E" w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text6"/>
+            <w:r w:rsidR="008A282E">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidR="008A282E">
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text7"/>
+            <w:r w:rsidR="008A282E">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A282E">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidR="008A282E">
+              <w:t xml:space="preserve"> mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48051114" w14:textId="77777777" w:rsidR="008A282E" w:rsidRDefault="00BD7C56" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Number of Cells:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441F9981" w14:textId="77777777" w:rsidR="00BD7C56" w:rsidRDefault="00BD7C56" w:rsidP="00052556">
+            <w:r>
+              <w:t>Type of Cells:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="715B7A6C" w14:textId="49C80F83" w:rsidR="00BD7C56" w:rsidRPr="00097031" w:rsidRDefault="00BD7C56" w:rsidP="00052556">
+            <w:r>
+              <w:t>Cell</w:t>
+            </w:r>
+            <w:r w:rsidR="00A12CA9">
+              <w:t xml:space="preserve"> Efficiency</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text8"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="042FB30D" w14:textId="77777777" w:rsidTr="00052556">
-[...32 lines deleted...]
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="5D747EE3" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="008E4744" w:rsidRPr="00097031" w14:paraId="1C0705C9" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">         Breadth: ………………</w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5934BBD5" w14:textId="64FA2170" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r>
+              <w:t>Generation Details of PV Module</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5716AD66" w14:textId="5BD7B53C" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r>
+              <w:t xml:space="preserve">Nominal Power </w:t>
+            </w:r>
+            <w:r w:rsidR="00A51030">
+              <w:t>……….. Wp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="1C0705C9" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="008E4744" w:rsidRPr="00097031" w14:paraId="643369D6" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">……….. W     </w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5475C0CB" w14:textId="57191E9A" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4471FE3E" w14:textId="013327AC" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Short Circuit Current (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Isc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>)……….. A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="643369D6" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="008E4744" w:rsidRPr="00097031" w14:paraId="65D7C5FF" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Short Circuit Current (</w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2370245D" w14:textId="79B7E3D1" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="202FD3A9" w14:textId="6CF05129" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Open Circuit Voltage (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00097031">
-              <w:t>Isc</w:t>
+              <w:t>Voc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00097031">
-              <w:t>)</w:t>
-[...11 lines deleted...]
-              <w:t>……….. A</w:t>
+              <w:t>)……….. V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="65D7C5FF" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="008E4744" w:rsidRPr="00097031" w14:paraId="3C03BA3F" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Open Circuit Voltage (</w:t>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D3AC0B" w14:textId="1EABBC05" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507BE4C2" w14:textId="37AEDC15" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Current at MPP (Imp)………</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5932">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4744" w:rsidRPr="00097031" w14:paraId="341CE4C2" w14:textId="77777777" w:rsidTr="004E639F">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="760CDF92" w14:textId="3D58BF4B" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E9D853" w14:textId="4A3DE15A" w:rsidR="008E4744" w:rsidRPr="00097031" w:rsidRDefault="008E4744" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Voltage at MPP (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00097031">
-              <w:t>Voc</w:t>
+              <w:t>Vmp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00097031">
-              <w:t>)</w:t>
-[...11 lines deleted...]
-              <w:t>……….. V</w:t>
+              <w:t>)……….</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5932">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="3C03BA3F" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="50223C47" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5380C2F0" w14:textId="52E6BA0A" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="009968BC" w:rsidP="00052556">
+            <w:r>
+              <w:t xml:space="preserve">Type of </w:t>
+            </w:r>
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
+              <w:t>Frame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F6D3A6" w14:textId="68A46138" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="004B6FC6" w:rsidP="00052556">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text12"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="341CE4C2" w14:textId="77777777" w:rsidTr="00052556">
-[...35 lines deleted...]
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="50223C47" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="537D975C" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00097031">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6F59BE" w14:textId="47021BBD" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="009968BC" w:rsidP="00052556">
+            <w:r>
+              <w:t xml:space="preserve">Inbuilt </w:t>
+            </w:r>
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
               <w:t>Bypass Diode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3217" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="66D2A1B7" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3992E590" w14:textId="3B75A8C3" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="009968BC">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...3 lines deleted...]
-          <w:p w14:paraId="3992E590" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidR="009968BC">
+              <w:t xml:space="preserve">  Yes         </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6CEB">
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="137FC1D8" w14:textId="77777777" w:rsidTr="00052556">
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="137FC1D8" w14:textId="77777777" w:rsidTr="004E639F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="pct"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="567448DD" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14247A4B" w14:textId="584A5A98" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00C00920" w:rsidP="00052556">
+            <w:r>
+              <w:t>Junction Box and PV Connector</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="567448DD" w14:textId="64D27F3B" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:t xml:space="preserve">  Junction box</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="461C3A46" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidR="00264E7D">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC71BE">
+              <w:t xml:space="preserve">must have </w:t>
+            </w:r>
+            <w:r w:rsidR="00264E7D">
+              <w:t xml:space="preserve">at least IP 65 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC71BE">
+              <w:t xml:space="preserve">protection </w:t>
+            </w:r>
+            <w:r w:rsidR="00264E7D">
+              <w:t>according to IEC 60529)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F4702A" w14:textId="036CBB71" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...3 lines deleted...]
-          <w:p w14:paraId="43F4702A" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidR="00C00920">
+              <w:t xml:space="preserve">  PV Connector (must comply with IEC 62852 and at least IP67 protection according to IEC 60529)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="263B0AB5" w14:textId="77777777" w:rsidTr="00AD02D6">
+        <w:trPr>
+          <w:trHeight w:val="632"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C876E32" w14:textId="068A9EB1" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00AD02D6">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Warranty Period</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7CD2">
+              <w:t xml:space="preserve"> of PV Module up to 150 Wp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="032BD28F" w14:textId="77777777" w:rsidR="00AD02D6" w:rsidRDefault="00052556" w:rsidP="00AD02D6">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1090" w:rsidRPr="005B1090">
+              <w:t xml:space="preserve">10 years: ≥ 90% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34AB2F1C" w14:textId="43396894" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00AD02D6">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00F1610C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1090" w:rsidRPr="005B1090">
+              <w:t>25 years: ≥ 80% of STC Power</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00025570" w:rsidRPr="00097031" w14:paraId="1571F0DB" w14:textId="77777777" w:rsidTr="004E639F">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAACF9F" w14:textId="3A161235" w:rsidR="00025570" w:rsidRPr="00097031" w:rsidRDefault="00025570" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Warranty Period</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of PV Module above 150 Wp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C188BA9" w14:textId="77777777" w:rsidR="00F1610C" w:rsidRDefault="00F1610C" w:rsidP="000B33F0">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B33F0" w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">first year: ≥ 97% of STC power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285E2460" w14:textId="77777777" w:rsidR="00F1610C" w:rsidRDefault="00F1610C" w:rsidP="000B33F0">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000B33F0" w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">10 years: ≥ 90% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229784F4" w14:textId="0BE98B60" w:rsidR="000B33F0" w:rsidRPr="000B33F0" w:rsidRDefault="00F1610C" w:rsidP="000B33F0">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000B33F0" w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">25 years: ≥ 80% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62EC11C0" w14:textId="29D438DE" w:rsidR="00025570" w:rsidRPr="00097031" w:rsidRDefault="000B33F0" w:rsidP="000B33F0">
+            <w:r w:rsidRPr="000B33F0">
+              <w:t>and linear warranty ≤ 0.8% per year from year 2 and onwards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="7B3F47B5" w14:textId="77777777" w:rsidTr="004E639F">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42168ACF" w14:textId="679B32A3" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Additional description</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1A84">
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D804DB" w14:textId="77777777" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00052556"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052556" w:rsidRPr="00097031" w14:paraId="0F20E695" w14:textId="77777777" w:rsidTr="004E639F">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA9EB15" w14:textId="27BB2B63" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00052556" w:rsidP="00D85AE1">
+            <w:r w:rsidRPr="00097031">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+            <w:r w:rsidR="00D85AE1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA23EAB" w14:textId="56CA3DD7" w:rsidR="00935B02" w:rsidRDefault="00052556" w:rsidP="00052556">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> IEC 61215</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA7D3C">
+              <w:t>-2:2021 Part 1&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9345B">
+              <w:t>2, IEC 61730-1&amp;2:2016</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00935B02">
+              <w:t xml:space="preserve"> IEC 62804-1:2015, IEC 61701:2020, IEC 62716:2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4004B1AC" w14:textId="472DA913" w:rsidR="00052556" w:rsidRPr="00097031" w:rsidRDefault="00935B02" w:rsidP="00AF11F5">
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-[...157 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C9345B">
+              <w:t>ISO</w:t>
+            </w:r>
+            <w:r>
+              <w:t>………………</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF11F5">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00097031">
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00097031">
-              <w:t xml:space="preserve">  Other</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67B5F">
+              <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00097031">
-[...152 lines deleted...]
-              <w:t>:  ……………</w:t>
+            <w:r w:rsidR="00E67B5F">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00052556" w:rsidRPr="00097031">
+              <w:t>……………</w:t>
+            </w:r>
+            <w:r w:rsidR="00E67B5F">
+              <w:t>..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AD453DC" w14:textId="78A6907C" w:rsidR="00185F6B" w:rsidRPr="006037B2" w:rsidRDefault="00185F6B" w:rsidP="00185F6B">
+    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRPr="00AF11F5" w:rsidRDefault="00137C7B" w:rsidP="00137C7B">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...18 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="5E6DC3C3" w14:textId="61CE8D3C" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="007604B4" w:rsidP="00E816F4">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00FD3D63">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00986674">
         <w:t>Company Stamp:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FBFE49" w14:textId="77777777" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="00E816F4" w:rsidP="00E816F4"/>
-    <w:p w14:paraId="655711C8" w14:textId="77777777" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="00E816F4" w:rsidP="00E816F4">
+    <w:p w14:paraId="33FBFE49" w14:textId="77777777" w:rsidR="00E816F4" w:rsidRPr="00AF11F5" w:rsidRDefault="00E816F4" w:rsidP="00E816F4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FA968A" w14:textId="77777777" w:rsidR="00AF11F5" w:rsidRDefault="00E816F4" w:rsidP="00E816F4">
       <w:r w:rsidRPr="00E816F4">
         <w:t>Designation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E816F4">
-[...10 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="655711C8" w14:textId="796DE4ED" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="00E816F4" w:rsidP="00E816F4">
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E816F4">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585208A3" w14:textId="77777777" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="00E816F4" w:rsidP="00E816F4"/>
-    <w:p w14:paraId="5E222D07" w14:textId="00D87B17" w:rsidR="00E816F4" w:rsidRPr="00E816F4" w:rsidRDefault="007604B4" w:rsidP="00E816F4">
+    <w:p w14:paraId="7627E025" w14:textId="07F44C2A" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="007604B4" w:rsidP="00AF11F5">
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00FD3D63">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00E816F4" w:rsidRPr="00E816F4">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
-[...3 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FA398A">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1534" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="26321CD2" w14:textId="77777777" w:rsidR="00A639B3" w:rsidRDefault="00A639B3" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6C5EC08C" w14:textId="77777777" w:rsidR="00A639B3" w:rsidRDefault="00A639B3" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3D5A572C" w14:textId="77777777" w:rsidR="003603CC" w:rsidRDefault="003603CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
@@ -2043,183 +2410,184 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001356B5">
+    <w:r w:rsidR="00934C03">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001356B5">
+    <w:r w:rsidR="00934C03">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3F46D62C" w14:textId="77777777" w:rsidR="003603CC" w:rsidRDefault="003603CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3B0D5034" w14:textId="77777777" w:rsidR="00A639B3" w:rsidRDefault="00A639B3" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="60F1F938" w14:textId="77777777" w:rsidR="00A639B3" w:rsidRDefault="00A639B3" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="541C9D8A" w14:textId="77777777" w:rsidR="003603CC" w:rsidRDefault="003603CC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="63A9170B" w:rsidR="00551892" w:rsidRPr="009151EB" w:rsidRDefault="009151EB" w:rsidP="009151EB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8295"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                       </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68E5F4AF" wp14:editId="58E8C8CC">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2257,50 +2625,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="0D7606E9" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="17D62EDE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-190500</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6200775" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6200775" cy="0"/>
@@ -2535,173 +2904,226 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00025570"/>
     <w:rsid w:val="00051B96"/>
+    <w:rsid w:val="00051C68"/>
     <w:rsid w:val="00052556"/>
+    <w:rsid w:val="00085709"/>
     <w:rsid w:val="00097031"/>
+    <w:rsid w:val="000B33F0"/>
+    <w:rsid w:val="000D1A84"/>
+    <w:rsid w:val="000F6DF4"/>
     <w:rsid w:val="001356B5"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00185F6B"/>
     <w:rsid w:val="0022653B"/>
+    <w:rsid w:val="00226D17"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
+    <w:rsid w:val="00264E7D"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
+    <w:rsid w:val="002801F0"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002B089A"/>
     <w:rsid w:val="002B2A72"/>
+    <w:rsid w:val="002C7CD2"/>
+    <w:rsid w:val="00351AAA"/>
     <w:rsid w:val="003603CC"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="003F7BE2"/>
+    <w:rsid w:val="00422CAB"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00473F89"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004B6FC6"/>
+    <w:rsid w:val="004E639F"/>
+    <w:rsid w:val="004F5932"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005723C8"/>
+    <w:rsid w:val="005B1090"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F5591"/>
     <w:rsid w:val="006037B2"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="00642F20"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="006656B7"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006B7085"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="007604B4"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007D154F"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="00897EB7"/>
+    <w:rsid w:val="008A282E"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="008C691E"/>
+    <w:rsid w:val="008C6DDB"/>
+    <w:rsid w:val="008E4744"/>
     <w:rsid w:val="009151EB"/>
+    <w:rsid w:val="00934C03"/>
+    <w:rsid w:val="00935B02"/>
+    <w:rsid w:val="00954EF8"/>
     <w:rsid w:val="0096714D"/>
+    <w:rsid w:val="0097312D"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="00986521"/>
     <w:rsid w:val="00986674"/>
     <w:rsid w:val="00995491"/>
+    <w:rsid w:val="009968BC"/>
+    <w:rsid w:val="009D3CD0"/>
+    <w:rsid w:val="00A04955"/>
+    <w:rsid w:val="00A12CA9"/>
+    <w:rsid w:val="00A13D39"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A51030"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A639B3"/>
+    <w:rsid w:val="00AA7D3C"/>
+    <w:rsid w:val="00AD02D6"/>
+    <w:rsid w:val="00AF11F5"/>
     <w:rsid w:val="00B05708"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B67C38"/>
     <w:rsid w:val="00BC2546"/>
+    <w:rsid w:val="00BD6CEB"/>
     <w:rsid w:val="00BD7309"/>
+    <w:rsid w:val="00BD7C56"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00C00920"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C62D2F"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C806EF"/>
+    <w:rsid w:val="00C9345B"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC71BE"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D571D7"/>
+    <w:rsid w:val="00D85AE1"/>
+    <w:rsid w:val="00E522F0"/>
+    <w:rsid w:val="00E6758C"/>
+    <w:rsid w:val="00E67B5F"/>
+    <w:rsid w:val="00E77983"/>
     <w:rsid w:val="00E816F4"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EA7F39"/>
+    <w:rsid w:val="00F1610C"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F614E8"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA398A"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD3D63"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -2978,50 +3400,67 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00604126"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="000B33F0"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -3289,50 +3728,67 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00604126"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="000B33F0"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3613,78 +4069,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67D5F74F-DFD7-4E02-AE6F-3EF86906CDFD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27662F1C-423F-4DA4-904E-5E5F71EB1FC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1854</Characters>
+  <Pages>1</Pages>
+  <Words>354</Words>
+  <Characters>2021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2175</CharactersWithSpaces>
+  <CharactersWithSpaces>2371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>