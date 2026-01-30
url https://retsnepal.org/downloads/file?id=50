--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,138 +1,320 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="3E6CC7AC" w14:textId="4ACFD5F2" w:rsidR="00C450C1" w:rsidRDefault="00C450C1" w:rsidP="003E4C6C"/>
-    <w:p w14:paraId="224F7697" w14:textId="1D4447D3" w:rsidR="00137C7B" w:rsidRPr="0044616D" w:rsidRDefault="0044616D" w:rsidP="005E7E86">
+    <w:p w14:paraId="224F7697" w14:textId="743C624F" w:rsidR="00137C7B" w:rsidRPr="0044616D" w:rsidRDefault="0044616D" w:rsidP="005E7E86">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3960"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0044616D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Application Form for Observation Test of Battery</w:t>
+        <w:t>Application Form for Battery</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7052F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="8023" w:tblpY="76"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2763"/>
+        <w:gridCol w:w="3120"/>
       </w:tblGrid>
       <w:tr w:rsidR="00191FF4" w14:paraId="12CCA0C4" w14:textId="77777777" w:rsidTr="00191FF4">
         <w:trPr>
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2763" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06B1C792" w14:textId="77777777" w:rsidR="00191FF4" w:rsidRDefault="00191FF4" w:rsidP="00191FF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D41DD1D" w14:textId="77777777" w:rsidR="00191FF4" w:rsidRDefault="00191FF4" w:rsidP="00191FF4">
+          <w:p w14:paraId="6D41DD1D" w14:textId="03299827" w:rsidR="00191FF4" w:rsidRDefault="00191FF4" w:rsidP="00F365F6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ah@C</w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F365F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A450507" w14:textId="77777777" w:rsidR="00191FF4" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00191FF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To,</w:t>
       </w:r>
       <w:r w:rsidR="00191FF4">
         <w:rPr>
           <w:b/>
@@ -161,554 +343,575 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7755"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS, Khumaltar</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A4EBB7" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+    <w:p w14:paraId="47A4EBB7" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00690298" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CF3B13C" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+    <w:p w14:paraId="6218A8DF" w14:textId="4DAA582A" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
-        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of Battery. The detail information of the sample is provided in the reception form attached herewith. </w:t>
+        <w:t>We would like to i</w:t>
+      </w:r>
+      <w:r w:rsidR="00690298">
+        <w:t>nform you that we have imported/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve">manufactured some samples of Battery. The detail information of the sample is provided in the reception form attached herewith. We have submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00984BF8">
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4C0E">
+        <w:t xml:space="preserve"> sample</w:t>
+      </w:r>
+      <w:r w:rsidR="00765346">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> of each model of Battery for testing the products under </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7113D">
+        <w:t>sample test</w:t>
+      </w:r>
+      <w:r w:rsidR="00001B45">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA104E">
+        <w:t>category</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE317E6" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+    <w:p w14:paraId="67135671" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00690298" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...36 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BE80850" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:t>We have provided the following documents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403DDB1E" w14:textId="13973BD6" w:rsidR="0099522A" w:rsidRDefault="0099522A" w:rsidP="0099522A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
         <w:t xml:space="preserve">Duly filled reception form of Battery </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F93C80B" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+    <w:p w14:paraId="3F93C80B" w14:textId="7C266EE6" w:rsidR="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00666D25">
-        <w:t>Catalogue and technical specifications of Battery provided by manufacturer</w:t>
+        <w:t>Catalo</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4F3F">
+        <w:t>gue and T</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00CB4F3F">
+        <w:t>echnical Datasheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> of Battery provided by manufacturer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E150D83" w14:textId="77777777" w:rsidR="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+    <w:p w14:paraId="610922E0" w14:textId="368BE44F" w:rsidR="00CB5B40" w:rsidRPr="00666D25" w:rsidRDefault="00CB5B40" w:rsidP="00666D25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00666D25">
-        <w:t>Others: ……………………………………………</w:t>
+      <w:r>
+        <w:t>International Test Certificates (if any)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DAB57B" w14:textId="77777777" w:rsidR="0099522A" w:rsidRDefault="0099522A" w:rsidP="0099522A">
-      <w:pPr>
+    <w:p w14:paraId="1E150D83" w14:textId="36EE5603" w:rsidR="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve">Others: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3153C">
+        <w:t>IEC, ISO (Specify……………………………………………………)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="334ACC8F" w14:textId="77777777" w:rsidR="0099522A" w:rsidRPr="00A04476" w:rsidRDefault="0099522A" w:rsidP="0099522A">
+    <w:p w14:paraId="40DAB57B" w14:textId="77777777" w:rsidR="0099522A" w:rsidRPr="00690298" w:rsidRDefault="0099522A" w:rsidP="0099522A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334ACC8F" w14:textId="6FA81DCA" w:rsidR="0099522A" w:rsidRPr="00A04476" w:rsidRDefault="0099522A" w:rsidP="0099522A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04476">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90F3A">
+        <w:t xml:space="preserve"> they are genuine and authentic. </w:t>
+      </w:r>
+      <w:r w:rsidR="008114A5">
+        <w:t>We also assure that all the products imported/manufactured by us meet the minimum quality standard label. Therefore, r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04476">
+        <w:t>egarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="0067036C">
+        <w:t xml:space="preserve"> We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="789BFEFD" w14:textId="77777777" w:rsidR="0099522A" w:rsidRDefault="0099522A" w:rsidP="0099522A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EB5D71C" w14:textId="20DE4312" w:rsidR="0099522A" w:rsidRPr="00A04476" w:rsidRDefault="0099522A" w:rsidP="0099522A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A04476">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
       <w:r w:rsidR="007618D4">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7AEE13CE" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
     <w:p w14:paraId="1A7AB974" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
     <w:p w14:paraId="7129551B" w14:textId="32C01FCB" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:r w:rsidRPr="00666D25">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00984B7D">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:t>Company Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B2CEF7" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
+    <w:p w14:paraId="59B2CEF7" w14:textId="77777777" w:rsidR="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
+    <w:p w14:paraId="78415F35" w14:textId="77777777" w:rsidR="00AE69D6" w:rsidRPr="00666D25" w:rsidRDefault="00AE69D6" w:rsidP="00666D25"/>
     <w:p w14:paraId="3BBAB1C6" w14:textId="0F9082BE" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:r w:rsidRPr="00666D25">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00984B7D">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0442BCD2" w14:textId="77777777" w:rsidR="00666D25" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
+    <w:p w14:paraId="0442BCD2" w14:textId="77777777" w:rsidR="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25"/>
+    <w:p w14:paraId="7EEE7234" w14:textId="77777777" w:rsidR="00AE69D6" w:rsidRPr="00666D25" w:rsidRDefault="00AE69D6" w:rsidP="00666D25"/>
     <w:p w14:paraId="5F09F152" w14:textId="35F47E41" w:rsidR="00137C7B" w:rsidRPr="00666D25" w:rsidRDefault="00666D25" w:rsidP="00666D25">
       <w:r w:rsidRPr="00666D25">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00984B7D">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00666D25">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="62AF2BB1" w14:textId="77777777" w:rsidR="00B92B6F" w:rsidRDefault="00B92B6F" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="37F2AB32" w14:textId="77777777" w:rsidR="00B92B6F" w:rsidRDefault="00B92B6F" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="02040503050203030202"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008E4DDC">
+    <w:r w:rsidR="00CB4F3F">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008E4DDC">
+    <w:r w:rsidR="00CB4F3F">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="05DEB28B" w14:textId="77777777" w:rsidR="00B92B6F" w:rsidRDefault="00B92B6F" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="463D51A4" w14:textId="77777777" w:rsidR="00B92B6F" w:rsidRDefault="00B92B6F" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="5A671CC0" w:rsidR="00551892" w:rsidRPr="007F75DE" w:rsidRDefault="007F75DE" w:rsidP="007F75DE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="7560"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
@@ -838,51 +1041,51 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="2659CB43" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-25.5pt,16.3pt" to="483pt,16.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpTgWD3gEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpdtgtR0z10VS4I&#10;KhZ+gOvYiSXbY41N0/57xk6aXQFCApGD4495b+Y9jzcPZ2fZSWE04Bu+Wiw5U15Ca3zX8G9f92/e&#10;cRaT8K2w4FXDLyryh+3rV5sh1OoGerCtQkYkPtZDaHifUqirKspeOREXEJSnQw3oRKIldlWLYiB2&#10;Z6ub5XJdDYBtQJAqRtp9HA/5tvBrrWT6rHVUidmGU22pjFjGYx6r7UbUHYrQGzmVIf6hCieMp6Qz&#10;1aNIgn1H8wuVMxIhgk4LCa4CrY1URQOpWS1/UvPUi6CKFjInhtmm+P9o5afTAZlpG37LmReOrugp&#10;oTBdn9gOvCcDAdlt9mkIsabwnT/gtIrhgFn0WaPLf5LDzsXby+ytOicmaXP99u7+/R1dgbyeVc/A&#10;gDF9UOBYnjTcGp9li1qcPsZEySj0GpK3rWdDw+/X1AAlLII17d5Ymw8jdsedRXYSdOX7/ZK+XD1R&#10;vAijlfW0mTWNKsosXawaE3xRmlyhuldjhtyPaqYVUiqfVhOv9RSdYZpKmIFTaX8CTvEZqkqv/g14&#10;RpTM4NMMdsYD/q7sdL6WrMf4qwOj7mzBEdpLud9iDTVdcW56ILmrX64L/PkZb38AAAD//wMAUEsD&#10;BBQABgAIAAAAIQADDVvr3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;WidpsSDEqRASiBNVSwVXN97GEfE6st0k/D1GHOC4s6OZN9Vmtj0b0YfOkYR8mQFDapzuqJVweHta&#10;3AILUZFWvSOU8IUBNvXlRaVK7Sba4biPLUshFEolwcQ4lJyHxqBVYekGpPQ7OW9VTKdvufZqSuG2&#10;50WWCW5VR6nBqAEfDTaf+7OVsD5tRf76XmzNS7b2zx/FtBoPk5TXV/PDPbCIc/wzww9+Qoc6MR3d&#10;mXRgvYTFTZ62RAmrQgBLhjshknD8FXhd8f8L6m8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAaU4Fg94BAAAOBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAAw1b694AAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" strokecolor="red" strokeweight="6pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Effective Date</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -931,51 +1134,51 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3C8323F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C8C1E84"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1172,583 +1375,681 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00001B45"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="0006053E"/>
     <w:rsid w:val="000C6CED"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00191FF4"/>
     <w:rsid w:val="001E0905"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="002314AF"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002975B1"/>
     <w:rsid w:val="003303CF"/>
+    <w:rsid w:val="00352E83"/>
     <w:rsid w:val="00385022"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A3728"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D1F3A"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00430C97"/>
     <w:rsid w:val="0044616D"/>
+    <w:rsid w:val="00447F21"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00517114"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005E7E86"/>
     <w:rsid w:val="00604126"/>
+    <w:rsid w:val="0061305C"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00666D25"/>
+    <w:rsid w:val="0067036C"/>
     <w:rsid w:val="00683AE7"/>
+    <w:rsid w:val="00690298"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="007618D4"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="00765346"/>
     <w:rsid w:val="007F75DE"/>
     <w:rsid w:val="008029EA"/>
+    <w:rsid w:val="008114A5"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00837FDF"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00872750"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008E4DDC"/>
     <w:rsid w:val="00972811"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00984B7D"/>
+    <w:rsid w:val="00984BF8"/>
     <w:rsid w:val="0099522A"/>
+    <w:rsid w:val="00A3153C"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A90F3A"/>
     <w:rsid w:val="00AB2373"/>
+    <w:rsid w:val="00AE69D6"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B87E23"/>
+    <w:rsid w:val="00B92B6F"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD6541"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00CA104E"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CB4F3F"/>
+    <w:rsid w:val="00CB5B40"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D953E3"/>
     <w:rsid w:val="00E020FB"/>
+    <w:rsid w:val="00E7052F"/>
+    <w:rsid w:val="00E7113D"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00F04ED0"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F365F6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FE36A3"/>
     <w:rsid w:val="00FE4C0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
-  <w15:docId w15:val="{4D7DF1B4-BA7B-4AEF-8776-2585A2A943A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0085331D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00604126"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4674F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085331D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -1864,58 +2165,58 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2167,93 +2468,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7DE4F83-FDB5-428A-9922-262DBA546CD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED71ACBE-A80A-4191-9437-7712B6D7C287}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>184</Words>
-  <Characters>1049</Characters>
+  <Words>239</Words>
+  <Characters>1364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1231</CharactersWithSpaces>
+  <CharactersWithSpaces>1600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>