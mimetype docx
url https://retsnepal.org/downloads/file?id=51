--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,1940 +1,994 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00124A25" w:rsidRDefault="00124A25" w:rsidP="00B71629">
+    <w:p w:rsidR="00124A25" w:rsidRPr="00315614" w:rsidRDefault="00124A25" w:rsidP="00B71629">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3705"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00137C7B" w:rsidRPr="00287950" w:rsidRDefault="00287950" w:rsidP="00B71629">
+    <w:p w:rsidR="00137C7B" w:rsidRPr="004C40E3" w:rsidRDefault="00287950" w:rsidP="00B71629">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3705"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00287950">
+      <w:r w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Form for Product Introduction Test </w:t>
       </w:r>
-      <w:r w:rsidR="009674AB" w:rsidRPr="00287950">
+      <w:r w:rsidR="002335E6" w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of Deep</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00287950">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cycle Battery</w:t>
+        <w:t>Battery</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="65"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2763"/>
+        <w:gridCol w:w="3375"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00032716" w:rsidTr="00032716">
+      <w:tr w:rsidR="00032716" w:rsidTr="00BE2E4E">
         <w:trPr>
-          <w:trHeight w:val="787"/>
+          <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2763" w:type="dxa"/>
+            <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00032716" w:rsidRDefault="00032716" w:rsidP="00032716">
+          <w:p w:rsidR="00346069" w:rsidRDefault="00694BF5" w:rsidP="00346069">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>RETS ID;</w:t>
+              <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00032716" w:rsidRDefault="00032716" w:rsidP="00032716">
+          <w:p w:rsidR="00032716" w:rsidRDefault="00032716" w:rsidP="00346069">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ah@C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2E4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00032716" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="00EB5D00">
+    <w:p w:rsidR="00032716" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="00EB5D00">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
+      <w:r w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00EB5D00" w:rsidRPr="00A04476">
+      <w:r w:rsidR="00EB5D00" w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
+      <w:r w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
+      <w:r w:rsidRPr="004C40E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS, Khumaltar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of battery. The detail information of the sample is provided in the reception form (Technical details) attached herewith. </w:t>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>We would like to i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4482A" w:rsidRPr="004C40E3">
+        <w:t>nform you that we have imported/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>manufactured some samples of battery. The detail information of the sample is provided in the reception form (Technical details) attached herewith. We have submitted three samples of each model of Battery fo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2303C" w:rsidRPr="004C40E3">
+        <w:t>r testing the products under Product Introduction Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00736D38" w:rsidRPr="004C40E3">
+        <w:t>category according to NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>.We have provided the following documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
-[...23 lines deleted...]
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-        <w:t xml:space="preserve">Duly filled Reception form </w:t>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">Duly </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E82" w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">filled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-        <w:t xml:space="preserve">Battery test certificate issued by third party or </w:t>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">IEC 61427-1:2013-Part 1: Photovoltaic off-grid applications and IEC 61427-2:2015-Part 2: Photovoltaic on-grid applications </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
-[...11 lines deleted...]
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>IEC 60896-21:2004-Part 21and IEC 60896-22:2004-Part 22 for 2V VRLA GEL Tubular Battery</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>IEC 60896-11:2002-Part 11 for 2V Flooded Tubular Battery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>IEC 62619:2022 for Alkaline, Lithium and non-acid electrolytes batteries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve"> In case of domestic products the manufacturer must provide a declaration of equivalency with the above-mentioned test certificate/ test reports</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>In case of local battery manufacturer, document stating warranty period and after sales services in their letterhead with signed and stamp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B3350" w:rsidRPr="004C40E3" w:rsidRDefault="00F86A96" w:rsidP="004B3350">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">Catalogue and </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3350" w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve">Technical datasheet containing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B3350" w:rsidRPr="004C40E3">
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidR="00736B8A" w:rsidRPr="004C40E3">
+        <w:t>D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00736B8A" w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00736B8A" w:rsidRPr="004C40E3">
+        <w:t>vs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00736B8A" w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve"> Life Cycle Curve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="004B3350" w:rsidP="004B3350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-        <w:t xml:space="preserve">In case of local manufacturer, documents of warranty certificate and assurance of ASS in the letterhead. </w:t>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="0068169C" w:rsidRPr="004C40E3">
+        <w:t>………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
-[...16 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="008D34F3" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="008D34F3">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A04476">
-        <w:t>Others: ……………………………………………</w:t>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E42BE" w:rsidRPr="004C40E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D34F3" w:rsidRPr="004C40E3">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E44C2C" w:rsidRDefault="00E44C2C" w:rsidP="006B6CFD">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00E56F2A" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="00346069">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>Thanks for your cooperation</w:t>
+      </w:r>
+      <w:r w:rsidR="00346069" w:rsidRPr="004C40E3">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
-[...17 lines deleted...]
-        <w:t>year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="00D05594" w:rsidP="006B6CFD">
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:t>Company Name:</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D0661" w:rsidRDefault="003D0661" w:rsidP="006B6CFD">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD"/>
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="00D05594" w:rsidP="006B6CFD">
+      <w:r w:rsidRPr="004C40E3">
+        <w:t>Designation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C40E3">
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:t>Stamp:</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006B6CFD" w:rsidRPr="00A04476" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD">
-[...88 lines deleted...]
-    <w:p w:rsidR="00A744D3" w:rsidRDefault="005B6BCD" w:rsidP="00D87945">
+    <w:p w:rsidR="006B6CFD" w:rsidRPr="004C40E3" w:rsidRDefault="006B6CFD" w:rsidP="006B6CFD"/>
+    <w:p w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00D05594" w:rsidP="004C40E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7755"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C40E3">
         <w:t>Signature:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C40E3">
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-      <w:r w:rsidR="006B6CFD" w:rsidRPr="00A04476">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="006B6CFD">
+      <w:r w:rsidR="006B6CFD" w:rsidRPr="004C40E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00A744D3">
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00D5155E" w:rsidRDefault="00D5155E" w:rsidP="00D87945">
-[...1135 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00346069">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
+      <w:pgMar w:top="1282" w:right="1152" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w:rsidR="00590054" w:rsidRDefault="00590054" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w:rsidR="00590054" w:rsidRDefault="00590054" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="02040503050203030202"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005A45E5">
+    <w:r w:rsidR="004C40E3">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005A45E5">
+    <w:r w:rsidR="004C40E3">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w:rsidR="00590054" w:rsidRDefault="00590054" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w:rsidR="00590054" w:rsidRDefault="00590054" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00551892" w:rsidRDefault="00B71629" w:rsidP="00B71629">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66E2163C" wp14:editId="0A7BF5DC">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="167FB96C" wp14:editId="3CF9195C">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="7" name="Picture 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -1973,51 +1027,51 @@
     </w:r>
   </w:p>
   <w:p w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5093A847" wp14:editId="4BAB7DD7">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B4EAFF2" wp14:editId="54C0A25E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-295275</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6400800" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6400800" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="76200">
@@ -2028,51 +1082,51 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="07F0783B" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-23.25pt,16.2pt" to="480.75pt,16.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+TQAz3QEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KTwg0Eyzk4cC9F&#10;azTNB9AUaREgucSStey/75KSlaAtCjSIDhQfO7M7w+X6/uwsOymMBnzLl4uaM+UldMYfW/70Y/fh&#10;jrOYhO+EBa9aflGR32/ev1sPoVE30IPtFDIi8bEZQsv7lEJTVVH2yom4gKA8HWpAJxIt8Vh1KAZi&#10;d7a6qetVNQB2AUGqGGn3YTzkm8KvtZLpm9ZRJWZbTrWlMmIZD3msNmvRHFGE3sipDPGKKpwwnpLO&#10;VA8iCfYTzR9UzkiECDotJLgKtDZSFQ2kZln/puaxF0EVLWRODLNN8e1o5dfTHpnpWn7LmReOrugx&#10;oTDHPrEteE8GArLb7NMQYkPhW7/HaRXDHrPos0aX/ySHnYu3l9lbdU5M0ubqY13f1XQF8npWPQMD&#10;xvRZgWN50nJrfJYtGnH6EhMlo9BrSN62ng0t/7SiBihhEazpdsbafBjxeNhaZCdBV77b1fTl6oni&#10;RRitrKfNrGlUUWbpYtWY4LvS5ArVvRwz5H5UM62QUvm0nHitp+gM01TCDJxK+xdwis9QVXr1f8Az&#10;omQGn2awMx7wb2Wn87VkPcZfHRh1ZwsO0F3K/RZrqOmKc9MDyV39cl3gz8948wsAAP//AwBQSwME&#10;FAAGAAgAAAAhANGw+kTeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;2q5UrDSdEBKIE9PGxK5ZkzUVjVMlWVveHiMOcPTvT78/V5vZ9mzUPnQOBaTLBJjGxqkOWwGH9+fF&#10;PbAQJSrZO9QCvnSATX19VclSuQl3etzHllEJhlIKMDEOJeehMdrKsHSDRtqdnbcy0uhbrrycqNz2&#10;PEuSglvZIV0wctBPRjef+4sVkJ+3Rfr2kW3Na5L7l2M2rcbDJMTtzfz4ACzqOf7B8KNP6lCT08ld&#10;UAXWC1jkxR2hAlZZDoyAdZFScPoNeF3x/x/U3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC+TQAz3QEAAA4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDRsPpE3gAAAAkBAAAPAAAAAAAAAAAAAAAAADcEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" strokecolor="red" strokeweight="6pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Effective Date</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -2154,51 +1208,51 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3BC24773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D01E871C"/>
     <w:lvl w:ilvl="0" w:tplc="ABFA45E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2392,641 +1446,770 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
+    <w:rsid w:val="0001367C"/>
+    <w:rsid w:val="00014BBE"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00032716"/>
+    <w:rsid w:val="00075B37"/>
     <w:rsid w:val="0009211D"/>
     <w:rsid w:val="00097A6F"/>
     <w:rsid w:val="000E5623"/>
     <w:rsid w:val="00124A25"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="00150FD5"/>
     <w:rsid w:val="00156065"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00197690"/>
     <w:rsid w:val="001A5646"/>
+    <w:rsid w:val="001B37BD"/>
     <w:rsid w:val="001B492D"/>
     <w:rsid w:val="001D3D24"/>
     <w:rsid w:val="001E02C1"/>
     <w:rsid w:val="001E7E1A"/>
     <w:rsid w:val="00204012"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="002335E6"/>
     <w:rsid w:val="00245D9C"/>
     <w:rsid w:val="00251F6C"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="00287950"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002B69AF"/>
+    <w:rsid w:val="002E3B8C"/>
     <w:rsid w:val="003037CA"/>
     <w:rsid w:val="0031314D"/>
+    <w:rsid w:val="00315614"/>
     <w:rsid w:val="00326245"/>
     <w:rsid w:val="003451BC"/>
+    <w:rsid w:val="00346069"/>
     <w:rsid w:val="00357F1A"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A6BD9"/>
+    <w:rsid w:val="003B5FCB"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D0661"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00417310"/>
     <w:rsid w:val="004372EF"/>
+    <w:rsid w:val="004409FA"/>
     <w:rsid w:val="004541D6"/>
+    <w:rsid w:val="00461866"/>
     <w:rsid w:val="00480D4A"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004B3350"/>
+    <w:rsid w:val="004B7279"/>
+    <w:rsid w:val="004C40E3"/>
     <w:rsid w:val="004E42BE"/>
+    <w:rsid w:val="0052219C"/>
+    <w:rsid w:val="005268F5"/>
     <w:rsid w:val="00541905"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00566DE6"/>
+    <w:rsid w:val="00590054"/>
+    <w:rsid w:val="0059155F"/>
     <w:rsid w:val="005A26F3"/>
     <w:rsid w:val="005A45E5"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005B6BCD"/>
     <w:rsid w:val="005D558C"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00644C05"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="0068169C"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="00694BF5"/>
     <w:rsid w:val="006B6CFD"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00710C6C"/>
     <w:rsid w:val="00726539"/>
     <w:rsid w:val="007322E7"/>
     <w:rsid w:val="00733EBE"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00736B8A"/>
+    <w:rsid w:val="00736D38"/>
     <w:rsid w:val="00743A8A"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007777CA"/>
     <w:rsid w:val="0079010E"/>
     <w:rsid w:val="007A41A0"/>
+    <w:rsid w:val="007C034F"/>
     <w:rsid w:val="008029CC"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0081605B"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00863945"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="008B3975"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="008D34F3"/>
+    <w:rsid w:val="008F2A5C"/>
     <w:rsid w:val="008F63CE"/>
     <w:rsid w:val="00913D20"/>
     <w:rsid w:val="00924451"/>
     <w:rsid w:val="0095778D"/>
     <w:rsid w:val="009674AB"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009C6455"/>
     <w:rsid w:val="009D77FE"/>
+    <w:rsid w:val="009E55C2"/>
     <w:rsid w:val="00A04476"/>
+    <w:rsid w:val="00A22A28"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A4482A"/>
     <w:rsid w:val="00A576D1"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A72A13"/>
     <w:rsid w:val="00A744D3"/>
     <w:rsid w:val="00AD566A"/>
     <w:rsid w:val="00AF6C32"/>
+    <w:rsid w:val="00B046B7"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B252D1"/>
     <w:rsid w:val="00B30280"/>
     <w:rsid w:val="00B40A85"/>
     <w:rsid w:val="00B70E1F"/>
     <w:rsid w:val="00B71629"/>
     <w:rsid w:val="00B8137C"/>
+    <w:rsid w:val="00B91F9E"/>
     <w:rsid w:val="00BB1FB4"/>
     <w:rsid w:val="00BB5D02"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00BE2E4E"/>
     <w:rsid w:val="00BE3DDB"/>
     <w:rsid w:val="00C101E4"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00CA4CE8"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CB7661"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CE6542"/>
+    <w:rsid w:val="00CF7284"/>
+    <w:rsid w:val="00D05594"/>
     <w:rsid w:val="00D1177B"/>
+    <w:rsid w:val="00D170B8"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D239D1"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D5155E"/>
     <w:rsid w:val="00D55EB1"/>
+    <w:rsid w:val="00D81B64"/>
     <w:rsid w:val="00D87945"/>
     <w:rsid w:val="00D92EC9"/>
+    <w:rsid w:val="00DC495A"/>
     <w:rsid w:val="00DD10FA"/>
     <w:rsid w:val="00E00C9D"/>
     <w:rsid w:val="00E14293"/>
     <w:rsid w:val="00E44C2C"/>
     <w:rsid w:val="00E56F2A"/>
     <w:rsid w:val="00E62738"/>
     <w:rsid w:val="00E71B5D"/>
     <w:rsid w:val="00E83812"/>
     <w:rsid w:val="00E8705F"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EB2E62"/>
     <w:rsid w:val="00EB5D00"/>
     <w:rsid w:val="00EC479A"/>
     <w:rsid w:val="00EC64AD"/>
+    <w:rsid w:val="00F12E82"/>
+    <w:rsid w:val="00F17C3C"/>
+    <w:rsid w:val="00F2303C"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F4229C"/>
+    <w:rsid w:val="00F66A59"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F86A96"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FB5EE9"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
+    <w:rsid w:val="00FD6C87"/>
     <w:rsid w:val="00FE0302"/>
+    <w:rsid w:val="00FF2B98"/>
+    <w:rsid w:val="00FF58B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:docId w15:val="{D0C7BE15-0B7D-4DA2-8FA4-002247B5DF0F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0085331D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00604126"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4674F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085331D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3140,58 +2323,58 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3443,93 +2626,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BAD93A4-97E9-425C-93E6-7B19244415EC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DAD8327-6874-4C4C-AD87-E597B38FDF4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1785</Characters>
+  <Pages>1</Pages>
+  <Words>331</Words>
+  <Characters>1892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2094</CharactersWithSpaces>
+  <CharactersWithSpaces>2219</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>