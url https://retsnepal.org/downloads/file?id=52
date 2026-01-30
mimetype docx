--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,131 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7945047B" w14:textId="77777777" w:rsidR="00DA64C3" w:rsidRDefault="00DA64C3" w:rsidP="00682B41">
+    <w:p w14:paraId="7945047B" w14:textId="77777777" w:rsidR="00DA64C3" w:rsidRPr="00CE2E21" w:rsidRDefault="00DA64C3" w:rsidP="00682B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="224F7697" w14:textId="0E74ACB8" w:rsidR="00137C7B" w:rsidRPr="00360B82" w:rsidRDefault="00703C28" w:rsidP="00682B41">
+    <w:p w14:paraId="224F7697" w14:textId="3EFA6870" w:rsidR="00137C7B" w:rsidRPr="00360B82" w:rsidRDefault="00703C28" w:rsidP="00E32FE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360B82">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Form for Random Sampling Test </w:t>
       </w:r>
-      <w:r w:rsidR="00E1537E" w:rsidRPr="00360B82">
+      <w:r w:rsidR="007E0089">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of Deep</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
+        <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="00360B82">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Battery</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="50"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -153,55 +128,56 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05055A8A" w14:textId="77777777" w:rsidR="009C5FE6" w:rsidRDefault="009C5FE6" w:rsidP="009C5FE6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="655FE72D" w14:textId="24505DB5" w:rsidR="00F81D0A" w:rsidRPr="00964D17" w:rsidRDefault="00536AAB" w:rsidP="00964D17">
+    <w:p w14:paraId="655FE72D" w14:textId="24505DB5" w:rsidR="00F81D0A" w:rsidRPr="00964D17" w:rsidRDefault="00536AAB" w:rsidP="00D43F67">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
       <w:r w:rsidR="00F81D0A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1442F4" w14:textId="77777777" w:rsidR="00EE1F27" w:rsidRDefault="00536AAB" w:rsidP="00536AAB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -213,2886 +189,1652 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="79CFFE26" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="009C424E" w:rsidRDefault="00536AAB" w:rsidP="00536AAB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C424E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, Khumaltar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57775953" w14:textId="77777777" w:rsidR="004A38E6" w:rsidRDefault="004A38E6" w:rsidP="00536AAB">
+    <w:p w14:paraId="06560D76" w14:textId="5CC711F7" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="00646DB0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="00327116">
+        <w:t>/population</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A38E6">
-        <w:t>Therefore, we hereby request you to collect random samples for testing according to NEPQA 2015.</w:t>
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. Therefore, we hereby request you to collect random samples for </w:t>
+      </w:r>
+      <w:r w:rsidR="00327116">
+        <w:t>testing according to NEPQA-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83D97">
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="00A962EC">
-        <w:t>rev1.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E4F0DEF" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D647CB" w14:textId="5C09064D" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t xml:space="preserve"> We have provided the following documents.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C8CF28B" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BC3F17" w14:textId="7D84534F" w:rsidR="00911E19" w:rsidRDefault="00536AAB" w:rsidP="00911E19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
         <w:t xml:space="preserve">Duly filled Lot information Form and Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66417006" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+    <w:p w14:paraId="13382EE9" w14:textId="77777777" w:rsidR="00B32384" w:rsidRDefault="004A2278" w:rsidP="00B32384">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004A38E6">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="004A38E6">
+      <w:r>
+        <w:t>IEC 61427-1:2013-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D130DF">
+        <w:t>Part 1: Photovoltaic off-</w:t>
+      </w:r>
+      <w:r w:rsidR="00911E19" w:rsidRPr="00D363C9">
+        <w:t>grid applications</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and IEC 61427-2:2015-Part 2: Photovoltaic on-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D363C9">
+        <w:t>grid applications</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FC1D39" w14:textId="747AA938" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+    <w:p w14:paraId="0096A23F" w14:textId="22596596" w:rsidR="0059710A" w:rsidRDefault="0059710A" w:rsidP="0059710A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t>IEC 60896-21:2004</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A1A">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32384" w:rsidRPr="00A36924">
+        <w:t>Part 21and IEC 60896-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>22:2004</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A1A">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32384" w:rsidRPr="00A36924">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">art 22 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32384" w:rsidRPr="00A36924">
+        <w:t>for 2V VRLA GEL Tubular Battery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01505384" w14:textId="77777777" w:rsidR="00787C66" w:rsidRDefault="00E25A1A" w:rsidP="00787C66">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">IEC 60896-11:2002-Part 11 </w:t>
+      </w:r>
+      <w:r w:rsidR="0059710A" w:rsidRPr="00E25A1A">
+        <w:t>for 2V Flooded Tubular Battery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69740BA2" w14:textId="615112D4" w:rsidR="00787C66" w:rsidRPr="00787C66" w:rsidRDefault="0081264B" w:rsidP="00787C66">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>IEC 62619:2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D6F">
+        <w:t xml:space="preserve"> for Alkaline, Lithium and non-acid electrolytes batteries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB89671" w14:textId="23EF29BC" w:rsidR="006E6DCA" w:rsidRPr="004A38E6" w:rsidRDefault="00787C66" w:rsidP="00787C66">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00787C66">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6DCA" w:rsidRPr="00787C66">
+        <w:t>In case of domestic products the manufacturer must provide a declaration of equivalency with the above-mentioned test certificate/ test reports</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF9D844" w14:textId="7E97812C" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="00787C66">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t>Document of agreement between local importer and principle battery manufacturer as per NEPQA 2015</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="3CF9D844" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t xml:space="preserve">In case of local </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6861">
+        <w:t xml:space="preserve">battery </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6861">
+        <w:t>, document stating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t xml:space="preserve"> warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6861">
+        <w:t xml:space="preserve"> period</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t xml:space="preserve"> and a</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6861">
+        <w:t xml:space="preserve">fter sales services in their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>letterhead</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6861">
+        <w:t xml:space="preserve"> with signed and stamp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC6F2D9" w14:textId="31D8F9AF" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t>In case of local manufacturer, documents of warranty certificate and assurance of ASS in company letterhead.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57EA8A42" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="004F29E3">
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>) and Hard copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5F45BF" w14:textId="0D4F0AC4" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t xml:space="preserve">Copy of VAT and Tax Exemption letter from AEPC (For Importer )    </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BC6F2D9" w14:textId="77777777" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t xml:space="preserve">Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="0077770C">
+        <w:t xml:space="preserve">valid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>PIT Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3403A533" w14:textId="009981E2" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6DCA">
+        <w:t>alogue /Technical datasheet</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1232">
+        <w:t xml:space="preserve"> containing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00911E19">
+        <w:t>DoD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00911E19">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00911E19">
+        <w:t>vs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00911E19">
+        <w:t xml:space="preserve"> Life Cycle C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E6">
+        <w:t>urve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE57643" w14:textId="0AE1F1FA" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t>Serial numbers: Soft copy (Excel sheet) and Hard copy.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00B049BE">
+        <w:t>………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D90AB18" w14:textId="70CFBD93" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
-        <w:t>Copy of PIT Certificate</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="004A38E6">
         <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time in future we assure to bear all the financial and legal action and consequences whatsoever.</w:t>
       </w:r>
       <w:r w:rsidR="005C29FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-        <w:t>We further assure that if the product fails in RST we will immediately replace the battery at our own cost to user’s house free of cost and will not claim the subsi</w:t>
+      <w:r w:rsidR="00541DE7">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable</w:t>
       </w:r>
       <w:r w:rsidR="005038D7">
-        <w:t>dy at AEPC for failed products. The product submitted for testing shall be taken back within one year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0631226D" w14:textId="224DD8CA" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0631226D" w14:textId="224DD8CA" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="00166775">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00257A5F">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Company Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C2770B" w14:textId="1F828B9C" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+    <w:p w14:paraId="42C2770B" w14:textId="1F828B9C" w:rsidR="00536AAB" w:rsidRPr="004A38E6" w:rsidRDefault="00536AAB" w:rsidP="00166775">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00257A5F">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="6E32AB6C" w:rsidR="00137C7B" w:rsidRDefault="00536AAB" w:rsidP="004A38E6">
+    <w:p w14:paraId="6E3F156B" w14:textId="555E6DD2" w:rsidR="00E72BBE" w:rsidRDefault="00536AAB" w:rsidP="00166775">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA449B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00257A5F">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="004A38E6">
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09227A0A" w14:textId="77777777" w:rsidR="00C97DB6" w:rsidRDefault="00C97DB6" w:rsidP="004A38E6">
+    <w:p w14:paraId="0525A941" w14:textId="77777777" w:rsidR="00E72BBE" w:rsidRDefault="00E72BBE" w:rsidP="004A38E6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7936D0DA" w14:textId="77777777" w:rsidR="00C97DB6" w:rsidRDefault="00C97DB6" w:rsidP="004A38E6">
+    <w:p w14:paraId="10DACE00" w14:textId="77777777" w:rsidR="00E72BBE" w:rsidRDefault="00E72BBE" w:rsidP="004A38E6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46F740F1" w14:textId="77777777" w:rsidR="00C97DB6" w:rsidRDefault="00C97DB6" w:rsidP="004A38E6">
-[...119 lines deleted...]
-    <w:p w14:paraId="32E3DF5B" w14:textId="46443EF0" w:rsidR="00C97DB6" w:rsidRPr="003C204A" w:rsidRDefault="008F4F86" w:rsidP="003C204A">
+    <w:p w14:paraId="32E3DF5B" w14:textId="46443EF0" w:rsidR="00C97DB6" w:rsidRPr="00AB6E4F" w:rsidRDefault="008F4F86" w:rsidP="00EF09A7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2790"/>
+          <w:tab w:val="left" w:pos="2109"/>
+          <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003C204A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB6E4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Lot Information Form for Random Sampling Test of Battery</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-        <w:gridCol w:w="7262"/>
+        <w:gridCol w:w="2359"/>
+        <w:gridCol w:w="6883"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00044B79" w14:paraId="28ED8015" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="002D6159" w14:paraId="28ED8015" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
-          <w:trHeight w:val="1250"/>
+          <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="364EA397" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...1 lines deleted...]
-              <w:t>Component</w:t>
+          <w:p w14:paraId="364EA397" w14:textId="06E30243" w:rsidR="002D6159" w:rsidRPr="00044B79" w:rsidRDefault="002D6159" w:rsidP="002D6159">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Battery type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3724" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="01E6A99B" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+          <w:p w14:paraId="76013F7C" w14:textId="47F921CB" w:rsidR="002D6159" w:rsidRPr="00044B79" w:rsidRDefault="002D6159" w:rsidP="002D6159">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A962EC">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r>
+              <w:t xml:space="preserve">  Vented (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Flo</w:t>
+            </w:r>
+            <w:r>
+              <w:t>oded)</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tubular Plate</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A962EC">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00315900">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r>
+              <w:t xml:space="preserve">  VRLA Tubular Plate              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A962EC">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Li-Ion</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>LiFePO4, …….……..)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A962EC">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r>
+              <w:t xml:space="preserve"> AGM                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A962EC">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00315900">
-[...191 lines deleted...]
-              <w:t xml:space="preserve"> Li-Ion     </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> Others………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="154C86FD" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="154C86FD" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A576372" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="3A576372" w14:textId="16CD9B17" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+              <w:t>Detail</w:t>
+            </w:r>
+            <w:r w:rsidR="00130A7D">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t xml:space="preserve"> of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4CC2">
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458EE0A2" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...1 lines deleted...]
-              <w:t>AEPC letter Number:</w:t>
+          <w:p w14:paraId="458EE0A2" w14:textId="2DB33404" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00CC0957" w:rsidP="008C7B0A">
+            <w:r>
+              <w:t>AEPC L</w:t>
+            </w:r>
+            <w:r w:rsidR="00044B79" w:rsidRPr="00044B79">
+              <w:t>etter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="78235816" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="78235816" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E34D1C" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321203AA" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="321203AA" w14:textId="6E67063B" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Reference Number(Chalani Number):</w:t>
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00017940">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Chalani</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00044B79">
+              <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="33A25674" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="33A25674" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EF74132" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8D0915" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="328FECA6" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="328FECA6" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75DB624D" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C570CB8" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="7C570CB8" w14:textId="37AA03B7" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Total population approved by AEPC for Import:</w:t>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0957">
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00017940">
+              <w:t xml:space="preserve">opulation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="00017940">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="615EAA3C" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="615EAA3C" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5676753E" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...1 lines deleted...]
-              <w:t>Principle Manufacturers Details</w:t>
+          <w:p w14:paraId="5676753E" w14:textId="66631143" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00345BA7" w:rsidP="00130A7D">
+            <w:r>
+              <w:t>Details of Lot / Population</w:t>
+            </w:r>
+            <w:r w:rsidR="00044B79" w:rsidRPr="00044B79">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197CBCAB" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
               <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="75A2A001" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00044B79" w14:paraId="75A2A001" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07B5AFE5" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60298D7A" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
               <w:t xml:space="preserve">Brand : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35255E62" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
             <w:r w:rsidRPr="00044B79">
               <w:t xml:space="preserve">Model : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="07F192D0" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00BE0606" w14:paraId="07F192D0" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE12E5C" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="7AE12E5C" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3724" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBC841F" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...1 lines deleted...]
-              <w:t>Nominal Capacity  :                   Ah C20or C10 or C5</w:t>
+          <w:p w14:paraId="1AF53554" w14:textId="20C4A2DB" w:rsidR="00BE0606" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
+            <w:r>
+              <w:t xml:space="preserve">Nominal Capacity: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:t xml:space="preserve"> Ah @ C……</w:t>
+            </w:r>
+            <w:r w:rsidR="00C41043">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@ ……</w:t>
+            </w:r>
+            <w:r w:rsidR="00C41043">
+              <w:t>..</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A25671C" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...1 lines deleted...]
-              <w:t>Nominal Voltage (V):</w:t>
+          <w:p w14:paraId="7A25671C" w14:textId="5EDBA075" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
+            <w:r>
+              <w:t xml:space="preserve">Nominal Voltage:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:t xml:space="preserve"> V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="027CF5AC" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00BE0606" w14:paraId="027CF5AC" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5999EFEE" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="5999EFEE" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01966A69" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="01966A69" w14:textId="6B2C05F3" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Batch No:</w:t>
+              <w:t>Batch No</w:t>
+            </w:r>
+            <w:r w:rsidR="004B7438">
+              <w:t xml:space="preserve"> (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="4D413BCD" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00BE0606" w14:paraId="4D413BCD" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE96B74" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="0EE96B74" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCC074F" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="2BCC074F" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
               <w:t>Lot No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="53304160" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00BE0606" w14:paraId="53304160" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9FFE5A" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="5A9FFE5A" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EDA0CE" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="46EDA0CE" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
               <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="253EDE12" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
-          <w:p w14:paraId="77DA2D34" w14:textId="35C2144A" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="253EDE12" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
+          <w:p w14:paraId="77DA2D34" w14:textId="5AB0D874" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
               <w:t>Serial Number: From …………….. ………</w:t>
             </w:r>
-            <w:r w:rsidR="00885C85">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> …………………………...</w:t>
+            <w:r>
+              <w:t>to……………………...</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CBA4B3B" w14:textId="77777777" w:rsidR="00B904DD" w:rsidRDefault="00B904DD" w:rsidP="008C7B0A"/>
-          <w:p w14:paraId="49BC2DA7" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="6CBA4B3B" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
+          <w:p w14:paraId="49BC2DA7" w14:textId="4E8DCD93" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Please attach the sheet if necessary:</w:t>
+              <w:t>Plea</w:t>
+            </w:r>
+            <w:r w:rsidR="00232545">
+              <w:t>se attach the sheet if not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="7B7ED094" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00BE0606" w14:paraId="7B7ED094" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D48D451" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="7D48D451" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E061C76" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="6E061C76" w14:textId="77777777" w:rsidR="00BE0606" w:rsidRPr="00044B79" w:rsidRDefault="00BE0606" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
               <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="63310053" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="0015230E" w14:paraId="63310053" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B14A564" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="4B14A564" w14:textId="77777777" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7219CF42" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="7219CF42" w14:textId="16B81958" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t xml:space="preserve">Date of Manufacture : </w:t>
+              <w:t xml:space="preserve">Total Population (total no. of Batteries) in a lot: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="51C9E56F" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="0015230E" w14:paraId="5E6D4271" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
-[...23 lines deleted...]
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4973C61D" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="4973C61D" w14:textId="77777777" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
               <w:t>Local Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79842ADC" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="79842ADC" w14:textId="3F4D2DE0" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:fldChar w:fldCharType="begin">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="36BBF884" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="0015230E" w14:paraId="36BBF884" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209AC118" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="209AC118" w14:textId="77777777" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEE799A" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="6BEE799A" w14:textId="0EE5C87D" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t xml:space="preserve">Name: </w:t>
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="3369F638" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="0015230E" w14:paraId="3369F638" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6439A543" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="6439A543" w14:textId="77777777" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1285D5DB" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="1285D5DB" w14:textId="20491C48" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Address:</w:t>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="60C46D93" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="0015230E" w14:paraId="60C46D93" w14:textId="77777777" w:rsidTr="00EF4CC2">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03179D03" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="03179D03" w14:textId="77777777" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEF2753" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
+          <w:p w14:paraId="3BEF2753" w14:textId="33576F95" w:rsidR="0015230E" w:rsidRPr="00044B79" w:rsidRDefault="0015230E" w:rsidP="00BE0606">
             <w:r w:rsidRPr="00044B79">
-              <w:t>Email:</w:t>
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00044B79" w14:paraId="02B1ECED" w14:textId="77777777" w:rsidTr="00885C85">
+      <w:tr w:rsidR="00667F9E" w14:paraId="02B1ECED" w14:textId="77777777" w:rsidTr="00667F9E">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="pct"/>
+            <w:tcW w:w="1276" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AAC89C0" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A"/>
+          <w:p w14:paraId="6AAC89C0" w14:textId="77777777" w:rsidR="00667F9E" w:rsidRPr="00044B79" w:rsidRDefault="00667F9E" w:rsidP="00BE0606"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3929" w:type="pct"/>
+            <w:tcW w:w="3724" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="782D736C" w14:textId="77777777" w:rsidR="00044B79" w:rsidRPr="00044B79" w:rsidRDefault="00044B79" w:rsidP="008C7B0A">
-[...48 lines deleted...]
-            <w:r w:rsidRPr="00044B79">
+          <w:p w14:paraId="782D736C" w14:textId="2F05141D" w:rsidR="00667F9E" w:rsidRPr="00044B79" w:rsidRDefault="005D1825" w:rsidP="00BE0606">
+            <w:r>
+              <w:t xml:space="preserve">Telephone / </w:t>
+            </w:r>
+            <w:r w:rsidR="00667F9E" w:rsidRPr="00044B79">
               <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AFC69CB" w14:textId="77777777" w:rsidR="00C97DB6" w:rsidRPr="004A38E6" w:rsidRDefault="00C97DB6" w:rsidP="004A38E6">
+    <w:p w14:paraId="6AFC69CB" w14:textId="77777777" w:rsidR="00C97DB6" w:rsidRDefault="00C97DB6" w:rsidP="004A38E6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="184B2124" w14:textId="21D1A030" w:rsidR="00044B79" w:rsidRPr="00137C7B" w:rsidRDefault="00044B79" w:rsidP="00044B79">
+    <w:p w14:paraId="24161777" w14:textId="77777777" w:rsidR="002F29D9" w:rsidRPr="004A38E6" w:rsidRDefault="002F29D9" w:rsidP="004A38E6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="184B2124" w14:textId="21D1A030" w:rsidR="00044B79" w:rsidRDefault="00044B79" w:rsidP="006E31C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6435"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74146D9B" w14:textId="484CFD8D" w:rsidR="00137C7B" w:rsidRDefault="00883471" w:rsidP="004A38E6">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="7E8EF443" w14:textId="77777777" w:rsidR="002F29D9" w:rsidRPr="00137C7B" w:rsidRDefault="002F29D9" w:rsidP="006E31C7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6435"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74146D9B" w14:textId="484CFD8D" w:rsidR="00137C7B" w:rsidRDefault="00883471" w:rsidP="006E31C7">
+      <w:pPr>
+        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Designation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45398F8A" w14:textId="7DD54D66" w:rsidR="00761FF9" w:rsidRDefault="00883471" w:rsidP="00883471">
+    <w:p w14:paraId="4D3DABD8" w14:textId="77777777" w:rsidR="002F29D9" w:rsidRDefault="002F29D9" w:rsidP="006E31C7">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45398F8A" w14:textId="7DD54D66" w:rsidR="00761FF9" w:rsidRDefault="00883471" w:rsidP="006E31C7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6495"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Signature: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC2BEA5" w14:textId="77777777" w:rsidR="008546EB" w:rsidRDefault="008546EB" w:rsidP="00883471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6495"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-[...1067 lines deleted...]
-    </w:tbl>
+    </w:p>
     <w:p w14:paraId="2B967D9E" w14:textId="16871228" w:rsidR="00CB2436" w:rsidRPr="00D87F72" w:rsidRDefault="00CB2436" w:rsidP="00D03025">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00D87F72" w:rsidSect="00FD42B9">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="281388E5" w14:textId="77777777" w:rsidR="00F635FC" w:rsidRDefault="00F635FC" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5325D00C" w14:textId="77777777" w:rsidR="00F635FC" w:rsidRDefault="00F635FC" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="02040503050203030202"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6C8E2FB4" w14:textId="77777777" w:rsidR="00ED553B" w:rsidRDefault="00ED553B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A962EC">
+    <w:r w:rsidR="006E31C7">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A962EC">
+    <w:r w:rsidR="006E31C7">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6121DEF9" w14:textId="77777777" w:rsidR="00ED553B" w:rsidRDefault="00ED553B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="40E8D4B0" w14:textId="77777777" w:rsidR="00F635FC" w:rsidRDefault="00F635FC" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="52388CB5" w14:textId="77777777" w:rsidR="00F635FC" w:rsidRDefault="00F635FC" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="45272AF7" w14:textId="77777777" w:rsidR="00ED553B" w:rsidRDefault="00ED553B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="7D80DF18" w:rsidR="00551892" w:rsidRDefault="006E1321" w:rsidP="006E1321">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -3215,51 +1957,51 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="5A97CD60" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-23.25pt,16.2pt" to="475.5pt,16.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0/2b/4AEAABEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQtWyBqug9dlRcE&#10;Fbt8gOvYiSXfNDZN+veMnTS7AoQEIg+OL3Nmzjke7+5Ho8lFQFDONrRalZQIy12rbNfQb0/HN+8p&#10;CZHZlmlnRUOvItD7/etXu8HXYu16p1sBBJPYUA++oX2Mvi6KwHthWFg5LyweSgeGRVxCV7TABsxu&#10;dLEuy20xOGg9OC5CwN2H6ZDuc34pBY9fpAwiEt1Q5BbzCHk8p7HY71jdAfO94jMN9g8sDFMWiy6p&#10;Hlhk5DuoX1IZxcEFJ+OKO1M4KRUXWQOqqcqf1Dz2zIusBc0JfrEp/L+0/PPlBES1Dd1QYpnBK3qM&#10;wFTXR3Jw1qKBDsgm+TT4UGP4wZ5gXgV/giR6lGDSH+WQMXt7XbwVYyQcN7ebzdtqfUcJx7PqQ3mX&#10;UhbPWA8hfhTOkDRpqFY2KWc1u3wKcQq9haRtbcnQ0Hdb7IEcFpxW7VFpnQ4DdOeDBnJheOvHY4nf&#10;XO1FGNbWFikkWZOQPItXLaYCX4VEY5B6NVVILSmWtIxzYWM159UWoxNMIoUFOFP7E3COT1CR2/Vv&#10;wAsiV3Y2LmCjrIPf0Y7jjbKc4m8OTLqTBWfXXvMVZ2uw7/I9zW8kNfbLdYY/v+T9DwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhABAtaU3fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b2q4rUJpOCAnEiYkxwTVrvKaiSaoka8vb453G0fan399fbWbTsxF96JwVkC4TYGgbpzrbCth/&#10;vizugYUorZK9syjgFwNs6uurSpbKTfYDx11sGYXYUEoBOsah5Dw0Go0MSzegpdvReSMjjb7lysuJ&#10;wk3PsyQpuJGdpQ9aDvissfnZnYyA/Lgt0vevbKvfkty/fmfTatxPQtzezE+PwCLO8QLDWZ/UoSan&#10;gztZFVgvYJEXa0IFrLIcGAEP65TKHc6LO+B1xf83qP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEANP9m/+ABAAARBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEC1pTd8AAAAJAQAADwAAAAAAAAAAAAAAAAA6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" strokecolor="red" strokeweight="6pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Effective Date</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -3352,61 +2094,61 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2A8AF0B3" w14:textId="77777777" w:rsidR="00ED553B" w:rsidRDefault="00ED553B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3BC24773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89CE2A5A"/>
     <w:lvl w:ilvl="0" w:tplc="2A80CFD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3599,647 +2341,500 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
+    <w:rsid w:val="000049CF"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
+    <w:rsid w:val="000124E5"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00017940"/>
+    <w:rsid w:val="000313E4"/>
     <w:rsid w:val="00044B79"/>
+    <w:rsid w:val="000B230A"/>
     <w:rsid w:val="000E33D9"/>
     <w:rsid w:val="001213C7"/>
     <w:rsid w:val="001228C5"/>
+    <w:rsid w:val="00130A7D"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
+    <w:rsid w:val="0015230E"/>
+    <w:rsid w:val="00166775"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="001908CF"/>
+    <w:rsid w:val="00192B90"/>
     <w:rsid w:val="001A1BF7"/>
+    <w:rsid w:val="001C494E"/>
     <w:rsid w:val="0021702F"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="00232545"/>
+    <w:rsid w:val="00235ECE"/>
     <w:rsid w:val="00240B3A"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="00257A5F"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002746B9"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="00294B46"/>
+    <w:rsid w:val="002B7020"/>
+    <w:rsid w:val="002D6159"/>
+    <w:rsid w:val="002F29D9"/>
     <w:rsid w:val="00315900"/>
     <w:rsid w:val="0032503B"/>
+    <w:rsid w:val="00327116"/>
     <w:rsid w:val="00334310"/>
+    <w:rsid w:val="003354AA"/>
     <w:rsid w:val="00335A08"/>
+    <w:rsid w:val="00345BA7"/>
     <w:rsid w:val="00360B82"/>
     <w:rsid w:val="00362B3E"/>
+    <w:rsid w:val="00382E5F"/>
+    <w:rsid w:val="00397BEC"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A682D"/>
+    <w:rsid w:val="003C0487"/>
     <w:rsid w:val="003C204A"/>
     <w:rsid w:val="003C670C"/>
+    <w:rsid w:val="003C6861"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003E5C64"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00426BBE"/>
     <w:rsid w:val="00437D05"/>
     <w:rsid w:val="00442E89"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="00484BB1"/>
+    <w:rsid w:val="004A2278"/>
     <w:rsid w:val="004A38E6"/>
+    <w:rsid w:val="004B7438"/>
+    <w:rsid w:val="004C1232"/>
+    <w:rsid w:val="004F29E3"/>
     <w:rsid w:val="004F6DE0"/>
     <w:rsid w:val="0050197C"/>
     <w:rsid w:val="005038D7"/>
     <w:rsid w:val="00523696"/>
     <w:rsid w:val="00536AAB"/>
+    <w:rsid w:val="00541DE7"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00585BDA"/>
     <w:rsid w:val="00593566"/>
+    <w:rsid w:val="0059710A"/>
     <w:rsid w:val="005A1F88"/>
+    <w:rsid w:val="005B009E"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005C29FD"/>
+    <w:rsid w:val="005D1825"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
+    <w:rsid w:val="00620B13"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00625241"/>
     <w:rsid w:val="00626FB5"/>
+    <w:rsid w:val="00627153"/>
+    <w:rsid w:val="00646DB0"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="00667F9E"/>
     <w:rsid w:val="00682B41"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006A122E"/>
     <w:rsid w:val="006E1321"/>
+    <w:rsid w:val="006E31C7"/>
+    <w:rsid w:val="006E6DCA"/>
+    <w:rsid w:val="006F41B7"/>
     <w:rsid w:val="00702773"/>
     <w:rsid w:val="00703C28"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00721F80"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="007369C5"/>
     <w:rsid w:val="00745ED1"/>
     <w:rsid w:val="00752803"/>
+    <w:rsid w:val="00760257"/>
+    <w:rsid w:val="00760E62"/>
     <w:rsid w:val="00761FF9"/>
     <w:rsid w:val="007628D3"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="00764CA1"/>
     <w:rsid w:val="00774BD3"/>
+    <w:rsid w:val="0077770C"/>
+    <w:rsid w:val="00787C66"/>
+    <w:rsid w:val="007E0089"/>
+    <w:rsid w:val="0081264B"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00834522"/>
+    <w:rsid w:val="00842AA2"/>
     <w:rsid w:val="00852619"/>
     <w:rsid w:val="0085331D"/>
+    <w:rsid w:val="008546EB"/>
     <w:rsid w:val="0085690D"/>
     <w:rsid w:val="00861DB6"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00883471"/>
     <w:rsid w:val="00885C85"/>
+    <w:rsid w:val="008B0114"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008E6140"/>
     <w:rsid w:val="008F4F86"/>
     <w:rsid w:val="00902CF4"/>
     <w:rsid w:val="00904AB2"/>
     <w:rsid w:val="00906801"/>
+    <w:rsid w:val="00911E19"/>
+    <w:rsid w:val="00912D58"/>
     <w:rsid w:val="00914A98"/>
+    <w:rsid w:val="00924D6F"/>
+    <w:rsid w:val="00935AF1"/>
     <w:rsid w:val="00964D17"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00991B78"/>
     <w:rsid w:val="009954BA"/>
     <w:rsid w:val="009C30B0"/>
     <w:rsid w:val="009C478B"/>
     <w:rsid w:val="009C5FE6"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A36924"/>
     <w:rsid w:val="00A36D95"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A624AE"/>
+    <w:rsid w:val="00A849C2"/>
+    <w:rsid w:val="00A8688E"/>
     <w:rsid w:val="00A962EC"/>
+    <w:rsid w:val="00AB6E4F"/>
+    <w:rsid w:val="00AF1E05"/>
     <w:rsid w:val="00AF60B4"/>
+    <w:rsid w:val="00B049BE"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B16C21"/>
+    <w:rsid w:val="00B32384"/>
+    <w:rsid w:val="00B419B9"/>
+    <w:rsid w:val="00B50D45"/>
     <w:rsid w:val="00B7125F"/>
     <w:rsid w:val="00B82182"/>
     <w:rsid w:val="00B904DD"/>
     <w:rsid w:val="00BA449B"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
+    <w:rsid w:val="00BE0606"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C14D05"/>
     <w:rsid w:val="00C35F05"/>
+    <w:rsid w:val="00C41043"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C943DE"/>
     <w:rsid w:val="00C97DB6"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CB729F"/>
+    <w:rsid w:val="00CC0957"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CD6DE4"/>
+    <w:rsid w:val="00CE2E21"/>
     <w:rsid w:val="00D03025"/>
+    <w:rsid w:val="00D130DF"/>
     <w:rsid w:val="00D179EC"/>
+    <w:rsid w:val="00D2017E"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D34D9E"/>
+    <w:rsid w:val="00D363C9"/>
+    <w:rsid w:val="00D43F67"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D62040"/>
     <w:rsid w:val="00D6389E"/>
+    <w:rsid w:val="00D83D97"/>
     <w:rsid w:val="00D87F72"/>
     <w:rsid w:val="00DA5F15"/>
     <w:rsid w:val="00DA64C3"/>
     <w:rsid w:val="00E0182C"/>
     <w:rsid w:val="00E1537E"/>
+    <w:rsid w:val="00E25A1A"/>
     <w:rsid w:val="00E262C0"/>
+    <w:rsid w:val="00E32FE0"/>
+    <w:rsid w:val="00E33941"/>
     <w:rsid w:val="00E44D47"/>
+    <w:rsid w:val="00E45A37"/>
+    <w:rsid w:val="00E54288"/>
     <w:rsid w:val="00E72BBE"/>
+    <w:rsid w:val="00E90611"/>
+    <w:rsid w:val="00EA2D38"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00ED553B"/>
     <w:rsid w:val="00EE1F27"/>
+    <w:rsid w:val="00EF09A7"/>
+    <w:rsid w:val="00EF4B08"/>
+    <w:rsid w:val="00EF4CC2"/>
+    <w:rsid w:val="00EF690C"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F2418B"/>
+    <w:rsid w:val="00F635FC"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F81D0A"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00F865FC"/>
     <w:rsid w:val="00F93AAF"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FA6F72"/>
+    <w:rsid w:val="00FB0114"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
-  <w15:docId w15:val="{D9955C97-EE77-4617-AD80-6BA1B896206A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085331D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -4351,62 +2946,410 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00604126"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00911E19"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0085331D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00604126"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4674F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00911E19"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4658,93 +3601,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E423ECA-3B08-45C1-9B4E-F41E3F296A5B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3CFB8B-F501-45B8-B8B9-5D3341ABC532}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3323</Characters>
+  <Pages>2</Pages>
+  <Words>490</Words>
+  <Characters>2795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3898</CharactersWithSpaces>
+  <CharactersWithSpaces>3279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>