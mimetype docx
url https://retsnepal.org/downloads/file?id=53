--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,4071 +7,3987 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="714E429F" w14:textId="676FACBD" w:rsidR="00DA1C3C" w:rsidRDefault="00EC4F94" w:rsidP="007533B4">
+    <w:p w14:paraId="714E429F" w14:textId="676FACBD" w:rsidR="00DA1C3C" w:rsidRDefault="00EC4F94" w:rsidP="00B42722">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Reception Form of Battery </w:t>
       </w:r>
       <w:r w:rsidR="008A1265" w:rsidRPr="008A1265">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PIT/RST</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="133"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="73"/>
         <w:tblW w:w="5070" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3492"/>
-        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="3546"/>
+        <w:gridCol w:w="5971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="383C351F" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="7AA74A6C" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40703407" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="28F2634B" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2B88C00B" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="75D800E5" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text26"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="4EFADDEF" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="6F1E4B71" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78CEB8E8" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="7EDF0D89" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D988389" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="4E174E29" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text27"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="15C26E77" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="41FAA9F2" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0920F863" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B"/>
+          <w:p w14:paraId="78411201" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E5AA48" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="735C9630" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Email:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text28"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="1C84D87F" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="61156448" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F148AB1" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B"/>
+          <w:p w14:paraId="48568227" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3219A2BC" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="39CBF8D2" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
               <w:t>Website:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text29"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="4451FF9A" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="7A74A66D" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F723D94" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Local Supplier: (Name)</w:t>
+          <w:p w14:paraId="0CB50FC0" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB12E82" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="1929FA51" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text30"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="36D3CBE9" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="7BFA894A" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18C790A3" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="68219BDB" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0480F3" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="6C650EED" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text31"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="3D421559" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="676D28F2" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7642771E" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B"/>
+          <w:p w14:paraId="5571CB00" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE0B30E" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="0985A73B" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Email:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text32"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="53705955" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="4DE61E12" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B39DB83" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B"/>
+          <w:p w14:paraId="61C8B3B0" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A704CF" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="6BA256BA" w14:textId="0A055044" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r w:rsidR="001A3B03">
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text33"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="1D41A884" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="70982B2B" w14:textId="77777777" w:rsidTr="00D10AA2">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="101C862A" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3153A2C5" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text36"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="32F6860F" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="181FED72" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="18BCF507" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE4E08B" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="2410D04E" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3686FBD4" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="3414141B" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7377CADB" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="01542C80" w14:textId="66E41736" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...13 lines deleted...]
-                  <w:name w:val="Text23"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text23"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="9" w:name="Text37"/>
+            <w:r w:rsidR="00267E46">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidR="00267E46">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...85 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidR="00267E46">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00267E46">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w14:paraId="1BF19083" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="153BD211" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text25"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="22242656" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="3A16D862" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEA88E5" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="3681AF0D" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1292BB32" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="28254D65" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text34"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="4C35CE37" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="24946862" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FDF7B6B" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="19780663" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Serial numbers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8EB155" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="2C99D530" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text35"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="587058E2" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="30C86659" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4734E0A2" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="6C753830" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Battery type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="529A79B9" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="67F9794E" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Vented (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Flo</w:t>
+            </w:r>
+            <w:r>
+              <w:t>oded)</w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
-              <w:t>Flat Plate</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tubular Plate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68AF8684" w14:textId="738C40A5" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="003045CA">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  VRLA Tubular Plate     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Li-Ion</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003045CA">
+              <w:t>LiFePO4, …….…)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...6 lines deleted...]
-          <w:p w14:paraId="52E5E433" w14:textId="58DAF159" w:rsidR="00221BF0" w:rsidRPr="005B2806" w:rsidRDefault="00221BF0" w:rsidP="003F1C6B">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> AGM             </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00A47AA2">
-[...5 lines deleted...]
-              <w:t>LiFePO4</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> Others………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="2E7CDAC3" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="3DF55A7F" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="690EC691" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="130B297E" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Nominal capacity</w:t>
-            </w:r>
-[...3 lines deleted...]
-              <w:t>(C20 or C10 or C5 @ 25°C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B218914" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="2E43935A" w14:textId="77777777" w:rsidR="0011515E" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text1"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="13" w:name="Text1"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:t xml:space="preserve"> Ah @ C…….@ …….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7178AF98" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tolerance</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text2"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
-            <w:r w:rsidRPr="005B2806">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Ah</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">          or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text2"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> Ah</w:t>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="250ED153" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="54ECAFE9" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06E12AC2" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Battery full charge voltage (100% SOC)</w:t>
+          <w:p w14:paraId="089D92C8" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@100% SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="073205A2" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="2014B190" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  14.6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  15.6 V</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other: </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text4"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="15" w:name="Text4"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="5BFA67CB" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="7307992F" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44811CD7" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="17256C3E" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Specific gravity of electrolyte corresponding to 100% SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="283C4D15" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="11B63DE6" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.240</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.250</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  1.260</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  1.270</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17715CF3" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.280</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text3"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="16" w:name="Text3"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="07CBD126" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="366D3E24" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="306CCA49" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="058CA826" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Operating temperature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58992FCE" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="001B67E4" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">Minimum:   </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text5"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="17" w:name="Text5"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  °C</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
               <w:t xml:space="preserve">Maximum:   </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text6"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="18" w:name="Text6"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="20A13CC9" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="719BD314" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31235414" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Battery discharging cut off voltage</w:t>
+          <w:p w14:paraId="17F5BA48" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@100% DOD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="335D62BA" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="48F81DCB" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>.5 V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  10.5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text7"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="19" w:name="Text7"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="00C93852">
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="547A94FC" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="28A5B629" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A59BDF" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Specific gravity of electrolyte corresponding to 0% SOC</w:t>
+          <w:p w14:paraId="01FD9A69" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Temperature coefficient of variation of capacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4059A456" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="7919503C" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.6 %/°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.8 %/°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...14 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.4 %/°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B280070" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...60 lines deleted...]
-                  <w:name w:val="Text8"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text8"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="20" w:name="Text9"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> %/°C</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="0ACD9A64" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="31C1F570" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB25B77" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Temperature coefficient of variation of capacity</w:t>
+          <w:p w14:paraId="784A04D4" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Charge/Discharge Efficiency (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6BCEDB" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...105 lines deleted...]
-                  <w:name w:val="Text9"/>
+          <w:p w14:paraId="4AA83339" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text9"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="21" w:name="Text10"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> %/°C</w:t>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r>
+              <w:t xml:space="preserve"> % @ …….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="69078614" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="36B9902D" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA89944" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Charge/Discharge Efficiency (%)</w:t>
+          <w:p w14:paraId="78F19A75" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Electrolyte Level Indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0C7C40" w14:textId="2C286385" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...55 lines deleted...]
-              <w:t>°C</w:t>
+          <w:p w14:paraId="67BF735C" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Yes         </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Not Applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="76C73D61" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="00E02D83" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60AF9D82" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Electrolyte Level Indicator</w:t>
+          <w:p w14:paraId="07DCDC94" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Amount of electrolyte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A61D0" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
+          <w:p w14:paraId="3F06BF28" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text11"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liters</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>ell</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (if Applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="05E0E1E7" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="4A259924" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="548AA3C1" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Amount of electrolyte</w:t>
+          <w:p w14:paraId="333EB51C" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t>Protection Included on Battery Management System (BMS) for Li-Ion Battery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="65B90425" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...60 lines deleted...]
-              <w:t>/cell</w:t>
+          <w:p w14:paraId="07B6C7B2" w14:textId="77777777" w:rsidR="0011515E" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t xml:space="preserve">Cell Level:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Voltage          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Current          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Temp.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A17B273" w14:textId="2E2D8012" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t xml:space="preserve">Full Circuit: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Thermal Runaway       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Over Charging </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Over Discharging   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others……….    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="0EF1C154" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="4045F980" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4701F5" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Electrolyte level indicator</w:t>
+          <w:p w14:paraId="1F70D47B" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Protection against short circuit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0222DFD6" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...3 lines deleted...]
-                  <w:name w:val="Check24"/>
+          <w:p w14:paraId="46943F1C" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...8 lines deleted...]
-                  <w:name w:val="Check25"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Battery box</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Terminal isolators</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text12"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="001273A8" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="2B7A1B0C" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9269EA" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Protection against short circuit</w:t>
+          <w:p w14:paraId="578185A8" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r>
+              <w:t xml:space="preserve">Need of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF621E7" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...3 lines deleted...]
-                  <w:name w:val=""/>
+          <w:p w14:paraId="1EF155ED" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...10 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Maintenance required</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...79 lines deleted...]
-            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Maintenance free</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="37577E6A" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="24C1E52A" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEB978C" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>Maintenance</w:t>
+          <w:p w14:paraId="066C6CCF" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Perf</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ormance guarantee in cycles </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0F21B373" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...44 lines deleted...]
-              <w:t xml:space="preserve">  Maintenance free</w:t>
+          <w:p w14:paraId="089705B0" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">80% depth of discharge:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Text16"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> @ ......</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="558F4033" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="3E39F824" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32997456" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...1 lines deleted...]
-              <w:t>International test certificates</w:t>
+          <w:p w14:paraId="3D8146E3" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Additional description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4410DA30" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...25 lines deleted...]
-                  <w:name w:val="Text13"/>
+          <w:p w14:paraId="23894902" w14:textId="77777777" w:rsidR="0011515E" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Positive plate:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text13"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="25" w:name="Text17"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C2A3B2" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Negative plate:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text18"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
-            <w:r w:rsidRPr="005B2806">
-[...26 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A0ED8EE" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Separator:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+          <w:p w14:paraId="46A4E034" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Terminal Post: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="047C753C" w14:textId="77777777" w:rsidTr="003F1C6B">
-[...455 lines deleted...]
-      <w:tr w:rsidR="003F1C6B" w:rsidRPr="005B2806" w14:paraId="7033AA66" w14:textId="77777777" w:rsidTr="003F1C6B">
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="610DC930" w14:textId="77777777" w:rsidTr="00D10AA2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="494323F2" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-[...6 lines deleted...]
-              <w:t>(IEC, ISO, Others)</w:t>
+          <w:p w14:paraId="50F16155" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International test certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="77B4DA9D" w14:textId="77777777" w:rsidR="003F1C6B" w:rsidRPr="005B2806" w:rsidRDefault="003F1C6B" w:rsidP="003F1C6B">
-            <w:r w:rsidRPr="005B2806">
+          <w:p w14:paraId="572FD511" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Yes (Specify: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text13"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">)               </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0011515E" w:rsidRPr="00C93852" w14:paraId="6A5ECAA9" w14:textId="77777777" w:rsidTr="00D10AA2">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EC125F" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4389C1D8" w14:textId="77777777" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5254AAD3" w14:textId="77777777" w:rsidR="00394551" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  IEC</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (61427-1:2013, 60896-21:2004, 60896-22:2004, 61427-2:2015, 60896-11:2002, 62619:2022)       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16DE5490" w14:textId="70515619" w:rsidR="0011515E" w:rsidRPr="00C93852" w:rsidRDefault="0011515E" w:rsidP="00D10AA2">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  ISO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text22"/>
-            <w:r w:rsidRPr="005B2806">
+            <w:bookmarkStart w:id="30" w:name="Text22"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005B2806">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC50EE">
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Others</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F68CF1" w14:textId="625EBC6E" w:rsidR="00137C7B" w:rsidRPr="00D3136E" w:rsidRDefault="00805C12" w:rsidP="009C6DAD">
+    <w:p w14:paraId="36F68CF1" w14:textId="3F940BF2" w:rsidR="00137C7B" w:rsidRPr="00D3136E" w:rsidRDefault="00805C12" w:rsidP="0011515E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                          </w:t>
+        <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="009C6DAD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7C26B594" w14:textId="2D4E9CBA" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="005F0F69" w:rsidP="00CC3CA3">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C0AE5">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00C91950">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="008E6BAB">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7410E4B3" w14:textId="77777777" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="00CC3CA3" w:rsidP="00CC3CA3"/>
-    <w:p w14:paraId="4722A3A2" w14:textId="77777777" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="00CC3CA3" w:rsidP="00CC3CA3">
+    <w:p w14:paraId="7410E4B3" w14:textId="77777777" w:rsidR="00CC3CA3" w:rsidRPr="00902F70" w:rsidRDefault="00CC3CA3" w:rsidP="00CC3CA3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4722A3A2" w14:textId="2F7668E5" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="00CC3CA3" w:rsidP="00CC3CA3">
       <w:r w:rsidRPr="00CC3CA3">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC3CA3">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00CC3CA3">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="16EC5A64" w14:textId="77777777" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="00CC3CA3" w:rsidP="00CC3CA3"/>
-    <w:p w14:paraId="04546E52" w14:textId="3BDF6602" w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3" w:rsidRDefault="005F0F69" w:rsidP="00CC3CA3">
+    <w:p w14:paraId="23D9F8B3" w14:textId="6CA2DAC0" w:rsidR="00CC3CA3" w:rsidRDefault="005F0F69" w:rsidP="001E6698">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="008E6BAB">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C0AE5">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00C91950">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00CC3CA3" w:rsidRPr="00CC3CA3">
         <w:t>Date:</w:t>
       </w:r>
+      <w:bookmarkStart w:id="31" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="23D9F8B3" w14:textId="77777777" w:rsidR="00CC3CA3" w:rsidRDefault="00CC3CA3" w:rsidP="00CF4362">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00CC3CA3" w:rsidSect="007533B4">
+    <w:sectPr w:rsidR="00CC3CA3" w:rsidSect="0011515E">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1729" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
+      <w:pgMar w:top="1296" w:right="1296" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="013B655B" w14:textId="77777777" w:rsidR="00B8306A" w:rsidRDefault="00B8306A" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="06E3B8E1" w14:textId="77777777" w:rsidR="00B8306A" w:rsidRDefault="00B8306A" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
@@ -4098,158 +4014,159 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CC6265">
+    <w:r w:rsidR="00902F70">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CC6265">
+    <w:r w:rsidR="00902F70">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="06E8D9C0" w14:textId="77777777" w:rsidR="00B8306A" w:rsidRDefault="00B8306A" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5C662147" w14:textId="77777777" w:rsidR="00B8306A" w:rsidRDefault="00B8306A" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1D1552F9" w:rsidR="00551892" w:rsidRDefault="00BB7CDE" w:rsidP="00BB7CDE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="4" name="Picture 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4286,50 +4203,51 @@
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="72EE9D15" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="7A77AD29">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5895975" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5895975" cy="0"/>
@@ -4601,223 +4519,237 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00043BAE"/>
     <w:rsid w:val="0007260C"/>
+    <w:rsid w:val="00082C0C"/>
     <w:rsid w:val="00091ED3"/>
     <w:rsid w:val="000F77C3"/>
     <w:rsid w:val="00101CE2"/>
+    <w:rsid w:val="0011515E"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="001A3B03"/>
     <w:rsid w:val="001C5846"/>
+    <w:rsid w:val="001E6698"/>
     <w:rsid w:val="00221BF0"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="002534B3"/>
     <w:rsid w:val="00254203"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
+    <w:rsid w:val="00267E46"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002942A4"/>
     <w:rsid w:val="002A2F17"/>
     <w:rsid w:val="002C0AE5"/>
     <w:rsid w:val="002D42FB"/>
+    <w:rsid w:val="003045CA"/>
     <w:rsid w:val="0033528E"/>
     <w:rsid w:val="00360C79"/>
     <w:rsid w:val="0037585C"/>
     <w:rsid w:val="003903E8"/>
+    <w:rsid w:val="00394551"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003B7C3A"/>
     <w:rsid w:val="003C5FF7"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F1C6B"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00480375"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00492F8A"/>
+    <w:rsid w:val="004C1759"/>
     <w:rsid w:val="00502121"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00594D2D"/>
     <w:rsid w:val="005B2806"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F0F69"/>
     <w:rsid w:val="005F2424"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00615669"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00641F6A"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="0066775A"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006D6722"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="007046F9"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00741343"/>
     <w:rsid w:val="00743FA8"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="007533B4"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="00805C12"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00816D32"/>
     <w:rsid w:val="008436ED"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008A1265"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008E6BAB"/>
+    <w:rsid w:val="00902F70"/>
     <w:rsid w:val="009659D6"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009A405E"/>
     <w:rsid w:val="009C6DAD"/>
     <w:rsid w:val="009E001F"/>
     <w:rsid w:val="00A155F0"/>
     <w:rsid w:val="00A177F7"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A47AA2"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A90357"/>
     <w:rsid w:val="00AA713F"/>
     <w:rsid w:val="00AB2CD5"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B15229"/>
     <w:rsid w:val="00B319F5"/>
+    <w:rsid w:val="00B42722"/>
+    <w:rsid w:val="00B8306A"/>
     <w:rsid w:val="00BB7CDE"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C058AE"/>
     <w:rsid w:val="00C11560"/>
     <w:rsid w:val="00C37907"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C91950"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CC3CA3"/>
     <w:rsid w:val="00CC6265"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CE1171"/>
     <w:rsid w:val="00CF4362"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D3136E"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D86E7A"/>
     <w:rsid w:val="00DA1C3C"/>
+    <w:rsid w:val="00DB589A"/>
     <w:rsid w:val="00DE7737"/>
     <w:rsid w:val="00E1257A"/>
     <w:rsid w:val="00E542DE"/>
     <w:rsid w:val="00E67163"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EB22BE"/>
     <w:rsid w:val="00EC4F94"/>
     <w:rsid w:val="00ED6106"/>
     <w:rsid w:val="00ED7D09"/>
     <w:rsid w:val="00EE6390"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F803E7"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FB5B6E"/>
+    <w:rsid w:val="00FC50EE"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FD45CF"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FF7BB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5757,78 +5689,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADE551C8-64C5-4390-B70F-625A1FBFCCC9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B806A4E-925E-4176-9B0E-5FE305B601A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2993</Characters>
+  <Pages>1</Pages>
+  <Words>522</Words>
+  <Characters>2979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3511</CharactersWithSpaces>
+  <CharactersWithSpaces>3495</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>