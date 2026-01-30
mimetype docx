--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,85 +7,104 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="09A893B1" w:rsidR="00C450C1" w:rsidRPr="005B2F2E" w:rsidRDefault="005B2F2E" w:rsidP="000F2E2F">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="3864310C" w:rsidR="00C450C1" w:rsidRPr="005B2F2E" w:rsidRDefault="007E65B3" w:rsidP="0099666A">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B2F2E">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Reception Form for Observation Test of Battery</w:t>
+        <w:t>Reception Form for</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2F2E" w:rsidRPr="005B2F2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Battery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="73"/>
         <w:tblW w:w="5070" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3492"/>
-        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="6063"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="4EBD50A9" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DEB1664" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1EC6E148" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
@@ -138,105 +157,102 @@
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="6AD80C60" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FCC4480" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6CCBEC" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-            <w:r w:rsidRPr="00C93852">
+          <w:p w14:paraId="6A6CCBEC" w14:textId="614D729E" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="008C13F3" w:rsidP="00C93852">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text27"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="03F2EF6D" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D5FB170" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B270B8C" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
@@ -294,105 +310,102 @@
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="4424211F" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19D7DBDA" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0919F6F7" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-            <w:r w:rsidRPr="00C93852">
+          <w:p w14:paraId="0919F6F7" w14:textId="05887563" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="008C13F3" w:rsidP="00C93852">
+            <w:r>
               <w:t>Website:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text29"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="5E87DDE0" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39176F5D" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
@@ -430,150 +443,147 @@
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="570082FB" w14:textId="77777777" w:rsidTr="00C93852">
+      <w:tr w:rsidR="004875F7" w:rsidRPr="00C93852" w14:paraId="570082FB" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D57B5A4" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="1D57B5A4" w14:textId="77777777" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48E01132" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-            <w:r w:rsidRPr="00C93852">
+          <w:p w14:paraId="48E01132" w14:textId="6AF0EE9E" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="008C13F3" w:rsidP="00C93852">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text31"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004875F7" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="43DF2725" w14:textId="77777777" w:rsidTr="00C93852">
+      <w:tr w:rsidR="004875F7" w:rsidRPr="00C93852" w14:paraId="43DF2725" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49ADAC87" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852"/>
+          <w:p w14:paraId="49ADAC87" w14:textId="77777777" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C08C9D" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="26C08C9D" w14:textId="77777777" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text32"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
@@ -590,70 +600,76 @@
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="0145912D" w14:textId="77777777" w:rsidTr="00C93852">
+      <w:tr w:rsidR="004875F7" w:rsidRPr="00C93852" w14:paraId="0145912D" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62ED948D" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852"/>
+          <w:p w14:paraId="62ED948D" w14:textId="77777777" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F68C475" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...1 lines deleted...]
-              <w:t>Tel:</w:t>
+          <w:p w14:paraId="4F68C475" w14:textId="6BC83154" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r w:rsidR="005C166C">
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text33"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -665,50 +681,125 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004875F7" w:rsidRPr="00C93852" w14:paraId="5F487F0A" w14:textId="77777777" w:rsidTr="00C93852">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27968252" w14:textId="77777777" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54125B61" w14:textId="586A7CE6" w:rsidR="004875F7" w:rsidRPr="00C93852" w:rsidRDefault="004875F7" w:rsidP="00C93852">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text36"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="12549E68" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64DF2890" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="60240583" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
@@ -736,182 +827,124 @@
           <w:p w14:paraId="60F458CA" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18FF344C" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="18FF344C" w14:textId="6FB48116" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...10 lines deleted...]
-                  <w:name w:val="Text23"/>
+            <w:r w:rsidR="003A7559">
+              <w:t xml:space="preserve">  Imported</w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text23"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:bookmarkStart w:id="9" w:name="Text37"/>
+            <w:r w:rsidR="009D58C3">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="009D58C3">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...85 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="009D58C3">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D58C3">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="6CF1C662" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
@@ -1116,537 +1149,618 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="1C9A28C1" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3025D8D8" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Battery type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="36FCAE5C" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="36FCAE5C" w14:textId="79959F0D" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="006A07DF">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7315">
+              <w:t>Vented (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Flo</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4328">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="006A07DF">
+              <w:t>ded</w:t>
+            </w:r>
+            <w:r w:rsidR="002E7315">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4748">
               <w:tab/>
-              <w:t>Flat Plate</w:t>
-[...6 lines deleted...]
-          <w:p w14:paraId="16B9DBBD" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tubular Plate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02373FE0" w14:textId="24120448" w:rsidR="00D032AF" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00A97196">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...17 lines deleted...]
-          <w:p w14:paraId="732F8CBE" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidR="009735DC">
+              <w:t xml:space="preserve">  VRLA</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E17">
+              <w:t xml:space="preserve"> Tubular Plate</w:t>
+            </w:r>
+            <w:r w:rsidR="006A1D83">
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve"> Ni-MH</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Li-Ion</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E17">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D032AF">
+              <w:t>LiFePO4</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E17">
+              <w:t>, ………)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006A1D83">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="006A1D83" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="006A1D83" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...5 lines deleted...]
-            <w:r w:rsidR="00D032AF">
+            <w:r w:rsidR="006A1D83" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006A1D83">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00A97196">
+              <w:t xml:space="preserve">AGM             </w:t>
+            </w:r>
+            <w:r w:rsidR="00A97196" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00A97196" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...8 lines deleted...]
-              <w:t>LiFePO4</w:t>
+            <w:r w:rsidR="00A97196" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00A97196">
+              <w:t xml:space="preserve"> Others………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="56D242F3" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611A2651" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="433CD6BB" w14:textId="781CE579" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00145B2D">
             <w:r w:rsidRPr="00C93852">
               <w:t>Nominal capacity</w:t>
-            </w:r>
-[...3 lines deleted...]
-              <w:t>(C20 or C10 or C5 @ 25°C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="10068D97" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="0BFB8319" w14:textId="5368CCAB" w:rsidR="001D0BC1" w:rsidRDefault="00C93852" w:rsidP="007E65B3">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text1"/>
+            <w:bookmarkStart w:id="13" w:name="Text1"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="00145B2D">
+              <w:t xml:space="preserve"> Ah @ </w:t>
+            </w:r>
+            <w:r w:rsidR="00A66DFF">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0BC1">
+              <w:t>…….</w:t>
+            </w:r>
+            <w:r w:rsidR="00145B2D">
+              <w:t>@ …….</w:t>
+            </w:r>
+            <w:r w:rsidR="00145B2D" w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6672A289" w14:textId="76B93EDE" w:rsidR="007E65B3" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="001D0BC1">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tolerance</w:t>
+            </w:r>
+            <w:r w:rsidR="00023B85">
+              <w:t xml:space="preserve">:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text2"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve"> Ah @ C20 or C10 or C5</w:t>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Ah</w:t>
+            </w:r>
+            <w:r w:rsidR="00781461">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00023B85">
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461">
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">± </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text2"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> Ah</w:t>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00781461" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00781461">
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="7BA4F984" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5F54AB" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...1 lines deleted...]
-              <w:t>Battery full charge voltage (100% SOC)</w:t>
+          <w:p w14:paraId="5B5F54AB" w14:textId="690CE528" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="009B532C" w:rsidP="00C93852">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7484">
+              <w:t>100% SO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
+              <w:t>C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="73400FA4" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="73400FA4" w14:textId="15D0674B" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="009B532C">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  14.8 V</w:t>
+            <w:r w:rsidR="009B532C">
+              <w:t xml:space="preserve">  14.6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009B532C">
+              <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  15.6 V</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidR="009B532C">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  16.0 V</w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text4"/>
+            <w:bookmarkStart w:id="15" w:name="Text4"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="5473890A" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03052F5F" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Specific gravity of electrolyte corresponding to 100% SOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="78F71112" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="78F71112" w14:textId="30E6E55F" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.240</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
@@ -1672,77 +1786,77 @@
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.250</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  1.265</w:t>
+            <w:r w:rsidR="00EF0A36">
+              <w:t xml:space="preserve">  1.260</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  1.277</w:t>
+            <w:r w:rsidR="00EF0A36">
+              <w:t xml:space="preserve">  1.270</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3956DD46" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  1.280</w:t>
             </w:r>
@@ -1759,636 +1873,406 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text3"/>
+            <w:bookmarkStart w:id="16" w:name="Text3"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="281B262B" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F5D30D4" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Operating temperature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652719F1" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">Minimum:   </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text5"/>
+            <w:bookmarkStart w:id="17" w:name="Text5"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  °C</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
               <w:t xml:space="preserve">Maximum:   </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text6"/>
+            <w:bookmarkStart w:id="18" w:name="Text6"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="155A5F4F" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3493FD83" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...1 lines deleted...]
-              <w:t>Battery discharging cut off voltage</w:t>
+          <w:p w14:paraId="3493FD83" w14:textId="22CFF5D0" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="002A7484" w:rsidP="00C93852">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">@100% </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0B52">
+              <w:t>DO</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7165C7" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="2C7165C7" w14:textId="67F975E6" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="003E1598">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  10.5 V</w:t>
+            <w:r w:rsidR="003E1598">
+              <w:t xml:space="preserve">  8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>.5 V</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
+            </w:r>
+            <w:r w:rsidR="003E1598">
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  10.8 V</w:t>
+            <w:r w:rsidR="003E1598">
+              <w:t xml:space="preserve">  10.5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidR="003E1598">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  11.1 V</w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text7"/>
+            <w:bookmarkStart w:id="19" w:name="Text7"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00C93852">
               <w:t>V</w:t>
             </w:r>
-          </w:p>
-[...230 lines deleted...]
-            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="626CE650" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="211D99A4" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Temperature coefficient of variation of capacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="079BEEF1" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
@@ -2480,1503 +2364,1703 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text9"/>
+            <w:bookmarkStart w:id="20" w:name="Text9"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> %/°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="426ED264" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06CC6AF9" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Charge/Discharge Efficiency (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B30991D" w14:textId="0C464E52" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="6B30991D" w14:textId="1921AAD0" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text10"/>
+            <w:bookmarkStart w:id="21" w:name="Text10"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidR="00AD3AB7">
               <w:t xml:space="preserve"> % @ ……</w:t>
+            </w:r>
+            <w:r w:rsidR="00973432">
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="43990210" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="308A0CB0" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Electrolyte Level Indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1584EB" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="3B1584EB" w14:textId="2C2D1FEF" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="000F6984">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Yes         </w:t>
             </w:r>
+            <w:r w:rsidR="00023B85">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r w:rsidR="005909E6">
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00023B85">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="005909E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005909E6" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005909E6" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005909E6" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000F6984">
+              <w:t xml:space="preserve">  Not Applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="7D395D23" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF0FFB8" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Amount of electrolyte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8F22DD" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="3B8F22DD" w14:textId="08700446" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text11"/>
+            <w:bookmarkStart w:id="22" w:name="Text11"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-            <w:r w:rsidRPr="00C93852">
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidR="00C9661A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C93852">
-              <w:t>liters</w:t>
+            <w:r w:rsidR="00C9661A">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="001D22F2">
+              <w:t>iters</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C93852">
-              <w:t>/cell</w:t>
+            <w:r w:rsidR="00C9661A">
+              <w:t>/C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>ell</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9661A">
+              <w:t xml:space="preserve"> (if Applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="25A9C3E8" w14:textId="77777777" w:rsidTr="00C93852">
+      <w:tr w:rsidR="00973432" w:rsidRPr="00C93852" w14:paraId="5DD5A938" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB6F44A" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...1 lines deleted...]
-              <w:t>Electrolyte level indicator</w:t>
+          <w:p w14:paraId="50EBEDB1" w14:textId="61316989" w:rsidR="00973432" w:rsidRPr="00C93852" w:rsidRDefault="00BD5424" w:rsidP="00C93852">
+            <w:r>
+              <w:t xml:space="preserve">Protection Included on </w:t>
+            </w:r>
+            <w:r w:rsidR="00973432">
+              <w:t>Battery Management System</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (BMS)</w:t>
+            </w:r>
+            <w:r w:rsidR="00826881">
+              <w:t xml:space="preserve"> for Li-Ion Battery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31C67601" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...3 lines deleted...]
-                  <w:name w:val="Check24"/>
+          <w:p w14:paraId="3CA3B5AE" w14:textId="5658D3FA" w:rsidR="00776C49" w:rsidRDefault="00BD5424" w:rsidP="00826881">
+            <w:r>
+              <w:t>Cell Level</w:t>
+            </w:r>
+            <w:r w:rsidR="00826881">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00826881">
+              <w:t xml:space="preserve"> Voltage </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00763FD0">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00826881">
+              <w:t xml:space="preserve"> Current</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00826881">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00763FD0">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00826881" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Temp.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="060A8D26" w14:textId="28C904EC" w:rsidR="00973432" w:rsidRPr="00C93852" w:rsidRDefault="00776C49" w:rsidP="00826881">
+            <w:r>
+              <w:t xml:space="preserve">As a Whole: </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00BD5424">
+              <w:t xml:space="preserve"> Thermal Runaway  </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00763FD0">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00973432">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5424">
+              <w:t xml:space="preserve">Over Charging </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BD5424" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00BD5424">
+              <w:t xml:space="preserve"> Over Discharging</w:t>
+            </w:r>
+            <w:r w:rsidR="00973432">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB73A7" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00BB73A7" w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BB73A7" w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00BB73A7">
+              <w:t xml:space="preserve"> Others……….</w:t>
+            </w:r>
+            <w:r w:rsidR="00973432">
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="4E7ED2A3" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CCD4FF4" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t>Protection against short circuit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B813814" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="62681873" w14:textId="734FA43B" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00DE1DEB">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Battery box</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="57513B98" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidR="00DE1DEB">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-[...3 lines deleted...]
-          <w:p w14:paraId="62681873" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidR="00F340F6">
+              <w:t xml:space="preserve">  Terminal I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>solators</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE1DEB">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Other: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text12"/>
+            <w:bookmarkStart w:id="23" w:name="Text12"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="496D1C7D" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72638F67" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-            <w:r w:rsidRPr="00C93852">
+          <w:p w14:paraId="72638F67" w14:textId="77B1D612" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00312FD0" w:rsidP="00C93852">
+            <w:r>
+              <w:t xml:space="preserve">Need of </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93852" w:rsidRPr="00C93852">
               <w:t>Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="70815A9A" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="2D7DAD46" w14:textId="4959EC8F" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="0077331A">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Maintenance required</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="2D7DAD46" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidR="0077331A">
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Maintenance free</w:t>
-            </w:r>
-[...119 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="5FC0F1BC" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E29407C" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Performance guarantee in cycles @ 25°C </w:t>
+          <w:p w14:paraId="4E29407C" w14:textId="4FE258FC" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="009525B6">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Perf</w:t>
+            </w:r>
+            <w:r w:rsidR="00D06BC6">
+              <w:t xml:space="preserve">ormance guarantee in cycles </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9BBB7A" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...6 lines deleted...]
-                  <w:name w:val="Text14"/>
+          <w:p w14:paraId="3473F669" w14:textId="7C170D1D" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">80% depth of discharge:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text14"/>
+            <w:bookmarkStart w:id="24" w:name="Text16"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve"> cycles</w:t>
             </w:r>
-          </w:p>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> cycles</w:t>
+            <w:r w:rsidR="009525B6">
+              <w:t xml:space="preserve"> @ ......</w:t>
+            </w:r>
+            <w:r w:rsidR="009525B6" w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="7322A32C" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0806A01A" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
-              <w:lastRenderedPageBreak/>
               <w:t>Additional description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0138C104" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...4 lines deleted...]
-          <w:p w14:paraId="79517970" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="1E81BF73" w14:textId="77777777" w:rsidR="009407DF" w:rsidRDefault="00C93852" w:rsidP="00C93852">
             <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">Positive plate:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text17"/>
+            <w:bookmarkStart w:id="25" w:name="Text17"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> mm; Negative plate:  </w:t>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79517970" w14:textId="5B8958F7" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Negative plate:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text18"/>
+            <w:bookmarkStart w:id="26" w:name="Text18"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...11 lines deleted...]
-                  <w:name w:val="Text19"/>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+          <w:p w14:paraId="45ACA65D" w14:textId="2397BF42" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Separator:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text19"/>
+            <w:bookmarkStart w:id="27" w:name="Text20"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-[...6 lines deleted...]
-                  <w:name w:val="Text20"/>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+          <w:p w14:paraId="0B7719BA" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Terminal Post: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text20"/>
+            <w:bookmarkStart w:id="28" w:name="Text21"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
-[...55 lines deleted...]
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93852" w:rsidRPr="00C93852" w14:paraId="782C0F66" w14:textId="77777777" w:rsidTr="00C93852">
+      <w:tr w:rsidR="00E115EF" w:rsidRPr="00C93852" w14:paraId="40862C1D" w14:textId="77777777" w:rsidTr="00C93852">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DACE71" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
-[...6 lines deleted...]
-              <w:t>(IEC, ISO, Others)</w:t>
+          <w:p w14:paraId="078EBBA1" w14:textId="7CEFF3DB" w:rsidR="00E115EF" w:rsidRPr="00C93852" w:rsidRDefault="00E115EF" w:rsidP="00E115EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International test certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="64AA6686" w14:textId="77777777" w:rsidR="00C93852" w:rsidRPr="00C93852" w:rsidRDefault="00C93852" w:rsidP="00C93852">
+          <w:p w14:paraId="09C0B255" w14:textId="1C6B1026" w:rsidR="00E115EF" w:rsidRPr="00C93852" w:rsidRDefault="00E115EF" w:rsidP="00E115EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Yes (Specify: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text13"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">)               </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E115EF" w:rsidRPr="00C93852" w14:paraId="782C0F66" w14:textId="77777777" w:rsidTr="00C93852">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DACE71" w14:textId="77777777" w:rsidR="00E115EF" w:rsidRPr="00C93852" w:rsidRDefault="00E115EF" w:rsidP="00E115EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2E777A" w14:textId="77777777" w:rsidR="00E115EF" w:rsidRPr="00C93852" w:rsidRDefault="00E115EF" w:rsidP="00E115EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AA6686" w14:textId="66DD863A" w:rsidR="00E115EF" w:rsidRPr="00C93852" w:rsidRDefault="00E115EF" w:rsidP="00E115EF">
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  IEC            </w:t>
+              <w:t xml:space="preserve">  IEC</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (61427-1:2013, 60896-21:2004, 60896-22:2004, 61427-2:2015, 60896-11:2002, 62619:2022)       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00C93852">
-              <w:t xml:space="preserve">  Other: </w:t>
+            <w:r>
+              <w:t xml:space="preserve">  ISO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text22"/>
+            <w:bookmarkStart w:id="30" w:name="Text22"/>
             <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Others</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00C450C1" w:rsidP="00C450C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="000F2E2F" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="77118E91" w14:textId="1E32586F" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="00974067">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77975B5D" w14:textId="77777777" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F"/>
-    <w:p w14:paraId="04990762" w14:textId="77777777" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F">
+    <w:p w14:paraId="011AC599" w14:textId="77777777" w:rsidR="002A3409" w:rsidRPr="000F2E2F" w:rsidRDefault="002A3409" w:rsidP="000F2E2F"/>
+    <w:p w14:paraId="04990762" w14:textId="1A49EF91" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F">
       <w:r w:rsidRPr="000F2E2F">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000F2E2F">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7DBCF32B" w14:textId="77777777" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F"/>
-    <w:p w14:paraId="54C9BE24" w14:textId="0C774C28" w:rsidR="000F2E2F" w:rsidRPr="000F2E2F" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F">
+    <w:p w14:paraId="7B1B23BE" w14:textId="77777777" w:rsidR="002A3409" w:rsidRPr="000F2E2F" w:rsidRDefault="002A3409" w:rsidP="000F2E2F"/>
+    <w:p w14:paraId="7627E025" w14:textId="307483DE" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="000F2E2F" w:rsidP="00525DC9">
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00974067">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F2E2F">
         <w:t>Date:</w:t>
       </w:r>
+      <w:bookmarkStart w:id="31" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="000F2E2F">
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00C66B29">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1415" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
+      <w:pgMar w:top="1296" w:right="1152" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3631456E" w14:textId="77777777" w:rsidR="006D20D2" w:rsidRDefault="006D20D2" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3684BE7B" w14:textId="77777777" w:rsidR="006D20D2" w:rsidRDefault="006D20D2" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
@@ -4003,161 +4087,162 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009C16F0">
+    <w:r w:rsidR="00525DC9">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009C16F0">
+    <w:r w:rsidR="00525DC9">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="60F60497" w14:textId="77777777" w:rsidR="006D20D2" w:rsidRDefault="006D20D2" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="7946D434" w14:textId="77777777" w:rsidR="006D20D2" w:rsidRDefault="006D20D2" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="69C9BF38" w:rsidR="00551892" w:rsidRDefault="000F2E2F" w:rsidP="000F2E2F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6705"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4185,50 +4270,51 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="5F6C4E57" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="4DCAD834">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-133350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6019800" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6019800" cy="0"/>
@@ -4442,160 +4528,226 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00023B85"/>
+    <w:rsid w:val="000D22B7"/>
     <w:rsid w:val="000F2E2F"/>
+    <w:rsid w:val="000F6984"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
+    <w:rsid w:val="00145B2D"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00177C9F"/>
+    <w:rsid w:val="001D0BC1"/>
+    <w:rsid w:val="001D22F2"/>
+    <w:rsid w:val="001E4862"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002A3409"/>
+    <w:rsid w:val="002A7484"/>
+    <w:rsid w:val="002C2849"/>
+    <w:rsid w:val="002C7E17"/>
+    <w:rsid w:val="002E7315"/>
+    <w:rsid w:val="00312FD0"/>
+    <w:rsid w:val="00355BB1"/>
     <w:rsid w:val="003A149E"/>
+    <w:rsid w:val="003A7559"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
+    <w:rsid w:val="003E1598"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
+    <w:rsid w:val="00471343"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004875F7"/>
+    <w:rsid w:val="004A0B52"/>
+    <w:rsid w:val="00525DC9"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00566CB3"/>
+    <w:rsid w:val="005909E6"/>
     <w:rsid w:val="005B2F2E"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005C166C"/>
+    <w:rsid w:val="005E11AD"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00610C70"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006A07DF"/>
+    <w:rsid w:val="006A1D83"/>
+    <w:rsid w:val="006D20D2"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00722778"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="00763FD0"/>
+    <w:rsid w:val="0077331A"/>
+    <w:rsid w:val="00776C49"/>
+    <w:rsid w:val="00781461"/>
+    <w:rsid w:val="007E65B3"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="00826881"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="008C13F3"/>
+    <w:rsid w:val="008C23A9"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="009407DF"/>
+    <w:rsid w:val="009525B6"/>
+    <w:rsid w:val="00973432"/>
+    <w:rsid w:val="009735DC"/>
     <w:rsid w:val="00974067"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="0099666A"/>
+    <w:rsid w:val="009A4328"/>
+    <w:rsid w:val="009B532C"/>
     <w:rsid w:val="009C16F0"/>
+    <w:rsid w:val="009D365E"/>
+    <w:rsid w:val="009D58C3"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A364F4"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A66DFF"/>
+    <w:rsid w:val="00A97196"/>
+    <w:rsid w:val="00AC4748"/>
     <w:rsid w:val="00AD3AB7"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B11455"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B5764C"/>
+    <w:rsid w:val="00B92825"/>
+    <w:rsid w:val="00BB73A7"/>
     <w:rsid w:val="00BC2546"/>
+    <w:rsid w:val="00BD5424"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
+    <w:rsid w:val="00C44146"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C54190"/>
+    <w:rsid w:val="00C66B29"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C93852"/>
+    <w:rsid w:val="00C9661A"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC5AC2"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D032AF"/>
+    <w:rsid w:val="00D06BC6"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D34008"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00DB60D1"/>
+    <w:rsid w:val="00DC32C6"/>
+    <w:rsid w:val="00DE1DEB"/>
+    <w:rsid w:val="00E115EF"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EF0A36"/>
+    <w:rsid w:val="00F049A9"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F340F6"/>
+    <w:rsid w:val="00F715CF"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FB577D"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5492,93 +5644,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9A81DC5-5DC5-4FBE-8210-5E595883004E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAD66792-3B76-44DB-8733-1F92BA252197}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2966</Characters>
+  <Pages>1</Pages>
+  <Words>516</Words>
+  <Characters>2944</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3480</CharactersWithSpaces>
+  <CharactersWithSpaces>3454</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>