--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,94 +7,95 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7CBE87F1" w14:textId="77777777" w:rsidR="009F318B" w:rsidRDefault="009F318B" w:rsidP="0067474C">
+    <w:p w14:paraId="7CBE87F1" w14:textId="77777777" w:rsidR="009F318B" w:rsidRPr="00303135" w:rsidRDefault="009F318B" w:rsidP="0067474C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3570"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="058B13E6" w:rsidR="00C450C1" w:rsidRPr="0067474C" w:rsidRDefault="005F16FF" w:rsidP="0067474C">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="058B13E6" w:rsidR="00C450C1" w:rsidRPr="00F22DD2" w:rsidRDefault="005F16FF" w:rsidP="00F22DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3570"/>
         </w:tabs>
+        <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067474C">
+      <w:r w:rsidRPr="00F22DD2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form for Product Introduction Test of</w:t>
       </w:r>
-      <w:r w:rsidR="0067474C">
+      <w:r w:rsidR="0067474C" w:rsidRPr="00F22DD2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0067474C">
+      <w:r w:rsidRPr="00F22DD2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Charge Controller</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2796"/>
@@ -120,1128 +121,532 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76E369FB" w14:textId="77777777" w:rsidR="00F15BC2" w:rsidRDefault="00F15BC2" w:rsidP="00F15BC2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CF24873" w14:textId="1E35BD5A" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="00A42912">
+    <w:p w14:paraId="5CF24873" w14:textId="1E35BD5A" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D25717" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="55D25717" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0163FC1B" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="0163FC1B" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="73CB36C0" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CB36C0" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="560064A0" w14:textId="7E4CB0A0" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="5F2E908D" w14:textId="6D762FC5" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of </w:t>
       </w:r>
-      <w:r w:rsidR="008765E5">
+      <w:r w:rsidR="008765E5" w:rsidRPr="002C22BB">
         <w:t>Charge Controller</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
-[...3 lines deleted...]
-    <w:p w14:paraId="682143AF" w14:textId="0558C7A5" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>. The detail information of the sample is provided in the reception form (Technical details) attached herewith. We have submitted three samples of each model of Charge Controller fo</w:t>
+      </w:r>
+      <w:r w:rsidR="0085041C" w:rsidRPr="002C22BB">
+        <w:t>r testing the products under Product Introduction Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0085041C" w:rsidRPr="002C22BB">
+        <w:t>category according to NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83958" w:rsidRPr="002C22BB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C545B" w14:textId="038C5A56" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...21 lines deleted...]
-    <w:p w14:paraId="0EECE674" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>We have provided the following documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8C702B" w14:textId="77777777" w:rsidR="0087621F" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:t xml:space="preserve">Duly filled Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315196E1" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="22160C0F" w14:textId="70F5BF89" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="00A9448C" w:rsidP="00F22DD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve">Compliance </w:t>
+      </w:r>
+      <w:r w:rsidR="0087621F" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve">declaration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>letter from manufacturer for</w:t>
+      </w:r>
+      <w:r w:rsidR="0087621F" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> the charge controller ≤ 3kW,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3480" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> with provision </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>1.3.3 of NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5368" w:rsidRPr="002C22BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D95884" w14:textId="3CB39058" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="717B8527" w14:textId="2AB01956" w:rsidR="002C2ACB" w:rsidRPr="002C22BB" w:rsidRDefault="002C2ACB" w:rsidP="00F22DD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...22 lines deleted...]
-    <w:p w14:paraId="27259B38" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>IEC 62109-1:2010-part 1 certificate for charge controller &gt;3kW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27259B38" w14:textId="4341B27C" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="00F46847" w:rsidP="00F22DD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...3 lines deleted...]
-    <w:p w14:paraId="68C06FF5" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62068" w:rsidRPr="002C22BB">
+        <w:t>arranty declaration letter</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5368" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve">from manufacturer </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62068" w:rsidRPr="002C22BB">
+        <w:t>stating warranty period</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5368" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3994082F" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Catalogue /Technical specifications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0AC86A" w14:textId="29E2F98D" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...20 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00B606CF" w:rsidRPr="002C22BB">
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB075D" w:rsidRPr="002C22BB">
+        <w:t>……………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4147767A" w14:textId="77777777" w:rsidR="000B3409" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...3 lines deleted...]
-    <w:p w14:paraId="3A7F17E8" w14:textId="77777777" w:rsidR="00B37ACD" w:rsidRDefault="00B37ACD" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="001527B8" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3409" w:rsidRPr="002C22BB">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171EA611" w14:textId="77777777" w:rsidR="008D4A0B" w:rsidRPr="002C22BB" w:rsidRDefault="008D4A0B" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AAD6150" w14:textId="30E57797" w:rsidR="009B5368" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+    <w:p w14:paraId="587AFFBF" w14:textId="516105BA" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007F4996">
-[...9 lines deleted...]
-    <w:p w14:paraId="451C9AC7" w14:textId="77777777" w:rsidR="008D4A0B" w:rsidRDefault="008D4A0B" w:rsidP="009B5368">
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Thanks for your cooperation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8173E" w:rsidRPr="002C22BB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28185B40" w14:textId="77777777" w:rsidR="00532BDE" w:rsidRPr="002C22BB" w:rsidRDefault="00532BDE" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="756AA3E6" w14:textId="77777777" w:rsidR="008D4A0B" w:rsidRDefault="008D4A0B" w:rsidP="009B5368">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B21962" w14:textId="1D97DBE2" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="171EA611" w14:textId="77777777" w:rsidR="008D4A0B" w:rsidRPr="007F4996" w:rsidRDefault="008D4A0B" w:rsidP="009B5368">
+      </w:pPr>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FB4C8C" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Company Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288473A9" w14:textId="77777777" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="587AFFBF" w14:textId="516105BA" w:rsidR="009B5368" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C55D091" w14:textId="65DB3C26" w:rsidR="009B5368" w:rsidRPr="002C22BB" w:rsidRDefault="009B5368" w:rsidP="00F22DD2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007F4996">
+      </w:pPr>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Designation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidR="00FB4C8C" w:rsidRPr="002C22BB">
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
+        <w:t>Stamp:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FB4C8C" w:rsidRPr="007F4996">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
-[...34 lines deleted...]
-    <w:p w14:paraId="34722648" w14:textId="77777777" w:rsidR="009F318B" w:rsidRDefault="009F318B" w:rsidP="009B5368">
+    </w:p>
+    <w:p w14:paraId="34722648" w14:textId="77777777" w:rsidR="009F318B" w:rsidRPr="002C22BB" w:rsidRDefault="009F318B" w:rsidP="00F22DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="4035"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="224F7697" w14:textId="634D44DF" w:rsidR="00137C7B" w:rsidRPr="007F4996" w:rsidRDefault="009B5368" w:rsidP="009B5368">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7627E025" w14:textId="26D31698" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="009B5368" w:rsidP="002C22BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="4035"/>
         </w:tabs>
-      </w:pPr>
-      <w:r w:rsidRPr="007F4996">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C22BB">
         <w:t>Signature:</w:t>
       </w:r>
-      <w:r w:rsidR="005B777F" w:rsidRPr="007F4996">
+      <w:r w:rsidR="005B777F" w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005B777F" w:rsidRPr="007F4996">
+      <w:r w:rsidR="005B777F" w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005B777F" w:rsidRPr="007F4996">
+      <w:r w:rsidR="005B777F" w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005B777F" w:rsidRPr="007F4996">
+      <w:r w:rsidR="005B777F" w:rsidRPr="002C22BB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005B777F" w:rsidRPr="007F4996">
+      <w:r w:rsidR="005B777F" w:rsidRPr="002C22BB">
         <w:tab/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidRPr="002C22BB">
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F4996">
+      <w:r w:rsidR="00AF14C1" w:rsidRPr="00F22DD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C450C1" w:rsidRPr="007F4996">
-[...582 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="094CA197" w14:textId="77777777" w:rsidR="00B61F86" w:rsidRDefault="00B61F86" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3382C628" w14:textId="77777777" w:rsidR="00B61F86" w:rsidRDefault="00B61F86" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -1253,158 +658,159 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B83958">
+    <w:r w:rsidR="002C22BB">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B83958">
+    <w:r w:rsidR="002C22BB">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="013BC229" w14:textId="77777777" w:rsidR="00B61F86" w:rsidRDefault="00B61F86" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0FB8E8BE" w14:textId="77777777" w:rsidR="00B61F86" w:rsidRDefault="00B61F86" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="2BF10668" w:rsidR="00551892" w:rsidRDefault="00C81DB2" w:rsidP="00C81DB2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1441,50 +847,51 @@
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/01/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="4BEF9260" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="153C2013">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-419100</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6467475" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6467475" cy="0"/>
@@ -1847,206 +1254,229 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00017484"/>
     <w:rsid w:val="000356DD"/>
     <w:rsid w:val="00061419"/>
     <w:rsid w:val="00064F10"/>
+    <w:rsid w:val="000B3409"/>
+    <w:rsid w:val="000C62BB"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001527B8"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="001C552C"/>
     <w:rsid w:val="001E05D4"/>
     <w:rsid w:val="001E594A"/>
     <w:rsid w:val="00222C85"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="0029537C"/>
+    <w:rsid w:val="002C22BB"/>
+    <w:rsid w:val="002C2ACB"/>
+    <w:rsid w:val="00303135"/>
     <w:rsid w:val="003379A3"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C342D"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00404198"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="005124AD"/>
+    <w:rsid w:val="00514CC3"/>
     <w:rsid w:val="00525D2D"/>
     <w:rsid w:val="00532BDE"/>
     <w:rsid w:val="00547DBB"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00562300"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005B6B28"/>
     <w:rsid w:val="005B777F"/>
     <w:rsid w:val="005D74B6"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F16FF"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="0067474C"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00693EB9"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006B10C4"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="007404E9"/>
     <w:rsid w:val="007459E1"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="00767020"/>
     <w:rsid w:val="007F4996"/>
     <w:rsid w:val="007F635E"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="0085041C"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="0087621F"/>
     <w:rsid w:val="008765E5"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="008D19FE"/>
     <w:rsid w:val="008D4A0B"/>
     <w:rsid w:val="0096388E"/>
     <w:rsid w:val="00973D30"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00983456"/>
     <w:rsid w:val="00984B3F"/>
     <w:rsid w:val="009B5368"/>
     <w:rsid w:val="009F318B"/>
+    <w:rsid w:val="00A02F19"/>
     <w:rsid w:val="00A0323D"/>
     <w:rsid w:val="00A154DF"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A42912"/>
     <w:rsid w:val="00A55093"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A9448C"/>
     <w:rsid w:val="00AA451C"/>
+    <w:rsid w:val="00AB075D"/>
     <w:rsid w:val="00AB1C51"/>
+    <w:rsid w:val="00AC6A34"/>
     <w:rsid w:val="00AF14C1"/>
     <w:rsid w:val="00AF2B43"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B37ACD"/>
+    <w:rsid w:val="00B606CF"/>
+    <w:rsid w:val="00B61F86"/>
     <w:rsid w:val="00B8173E"/>
     <w:rsid w:val="00B83958"/>
     <w:rsid w:val="00BB24E8"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C03446"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C81DB2"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB0BD5"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC3480"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D92FD7"/>
     <w:rsid w:val="00E004B3"/>
     <w:rsid w:val="00E5445B"/>
+    <w:rsid w:val="00E558EC"/>
+    <w:rsid w:val="00E62068"/>
     <w:rsid w:val="00E84C0A"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00F133F5"/>
     <w:rsid w:val="00F15BC2"/>
+    <w:rsid w:val="00F22DD2"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F46847"/>
     <w:rsid w:val="00F52D27"/>
     <w:rsid w:val="00F62C63"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FB4C8C"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -2323,50 +1753,67 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00604126"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0087621F"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2636,56 +2083,74 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00604126"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0087621F"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ne-NP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -2958,78 +2423,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45D96368-95CE-47CD-911E-8AEFC7D0EBE5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD2329B5-807B-469A-AF6B-1AC023817343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1946</Characters>
+  <Pages>1</Pages>
+  <Words>272</Words>
+  <Characters>1553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2283</CharactersWithSpaces>
+  <CharactersWithSpaces>1822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>