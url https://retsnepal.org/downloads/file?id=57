--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,55 +7,56 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="00A653B0" w:rsidR="00C450C1" w:rsidRPr="00C90F14" w:rsidRDefault="00A40D9E" w:rsidP="00C90F14">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="00A653B0" w:rsidR="00C450C1" w:rsidRPr="00C90F14" w:rsidRDefault="00A40D9E" w:rsidP="004F5A9B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90F14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form for Random Sampling Test of</w:t>
       </w:r>
       <w:r w:rsidR="00AE719E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -169,314 +170,239 @@
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41036D99" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="009C424E" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C424E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="464341AB" w14:textId="77777777" w:rsidR="00C6135F" w:rsidRDefault="00C6135F" w:rsidP="006E6C08">
+        <w:t>, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464341AB" w14:textId="77777777" w:rsidR="00C6135F" w:rsidRPr="00460DB4" w:rsidRDefault="00C6135F" w:rsidP="006E6C08">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B9C4EBF" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+    <w:p w14:paraId="1A1AE1E7" w14:textId="6E2F257A" w:rsidR="000B5D2E" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003B781F">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. </w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5D2E">
+        <w:t>/population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B781F">
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. Therefore, we hereby request you to collect random samples for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C5A">
+        <w:t>testing according to NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0022">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76447662" w14:textId="145923AD" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="00460DB4">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003B781F">
-        <w:t>Therefore, we hereby request you to collect random samples for testing according to NEPQA 2015.</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="3B7E9200" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE9BE53" w14:textId="145D7725" w:rsidR="000B5D2E" w:rsidRPr="00B16C5A" w:rsidRDefault="000B5D2E" w:rsidP="000B5D2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...3 lines deleted...]
-    <w:p w14:paraId="01B3E258" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t xml:space="preserve">Duly filled Reception form </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96518" w:rsidRPr="00B16C5A">
+        <w:t>and lot information form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01375910" w14:textId="77777777" w:rsidR="000B5D2E" w:rsidRPr="00B16C5A" w:rsidRDefault="000B5D2E" w:rsidP="000B5D2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...18 lines deleted...]
-    <w:p w14:paraId="0E30E5E0" w14:textId="3EE15E46" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t xml:space="preserve">Compliance declaration letter from manufacturer for the charge controller ≤ 3kW, with provision 1.3.3 of NEPQA-2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4360654C" w14:textId="77777777" w:rsidR="000B5D2E" w:rsidRPr="00B16C5A" w:rsidRDefault="000B5D2E" w:rsidP="000B5D2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...12 lines deleted...]
-    <w:p w14:paraId="04EF79C0" w14:textId="509F49CA" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>IEC 62109-1:2010-part 1 certificate for charge controller &gt;3kW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641AEE13" w14:textId="77777777" w:rsidR="000B5D2E" w:rsidRPr="00B16C5A" w:rsidRDefault="000B5D2E" w:rsidP="000B5D2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...9 lines deleted...]
-    <w:p w14:paraId="721E7724" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t xml:space="preserve">Warranty declaration letter from manufacturer stating warranty period </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CD895B" w14:textId="0B5D4B67" w:rsidR="006E6C08" w:rsidRPr="00B16C5A" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00985320">
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>) and hard copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091B237B" w14:textId="5C71751C" w:rsidR="006E6C08" w:rsidRPr="00B16C5A" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...3 lines deleted...]
-    <w:p w14:paraId="15CD895B" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>Copy of</w:t>
+      </w:r>
+      <w:r w:rsidR="005017E4">
+        <w:t xml:space="preserve"> valid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t xml:space="preserve"> PIT Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712CDABB" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="00B16C5A" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...3 lines deleted...]
-    <w:p w14:paraId="091B237B" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>Catalogue /Technical specifications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D028D9" w14:textId="3BFFD6EB" w:rsidR="006E6C08" w:rsidRDefault="006E6C08" w:rsidP="00460DB4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C5A">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00460DB4">
+        <w:t>…………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCA8BDF" w14:textId="3ACC6631" w:rsidR="00A224DA" w:rsidRPr="00A224DA" w:rsidRDefault="006E6C08" w:rsidP="00A224DA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003B781F">
-        <w:t>Copy of PIT Certificate</w:t>
-[...19 lines deleted...]
-        </w:numPr>
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="00632E35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A224DA" w:rsidRPr="00A224DA">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D547867" w14:textId="77777777" w:rsidR="00943093" w:rsidRDefault="00943093" w:rsidP="006E6C08">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="003B781F">
-[...10 lines deleted...]
-    <w:p w14:paraId="43C5F588" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+    </w:p>
+    <w:p w14:paraId="474727DD" w14:textId="060363DB" w:rsidR="006E6C08" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003B781F">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will bear all legal action and consequences whatsoever.</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="003B781F">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5594D191" w14:textId="77777777" w:rsidR="003169AC" w:rsidRPr="003B781F" w:rsidRDefault="003169AC" w:rsidP="006E6C08">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FD11710" w14:textId="30289713" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:r w:rsidRPr="003B781F">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
@@ -511,1590 +437,1045 @@
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69157A94" w14:textId="77777777" w:rsidR="006E6C08" w:rsidRPr="003B781F" w:rsidRDefault="006E6C08" w:rsidP="006E6C08"/>
-    <w:p w14:paraId="7D628AA7" w14:textId="77777777" w:rsidR="008A5F2C" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
+    <w:p w14:paraId="780C6969" w14:textId="79AFE20A" w:rsidR="006E6C08" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
       <w:r w:rsidRPr="003B781F">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B781F">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780C6969" w14:textId="486E27BF" w:rsidR="006E6C08" w:rsidRDefault="006E6C08" w:rsidP="006E6C08">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0B93E629" w14:textId="77777777" w:rsidR="00F16532" w:rsidRDefault="00F16532" w:rsidP="006E6C08"/>
     <w:p w14:paraId="43F17522" w14:textId="77777777" w:rsidR="00F16532" w:rsidRPr="003B781F" w:rsidRDefault="00F16532" w:rsidP="006E6C08"/>
-    <w:p w14:paraId="60F85679" w14:textId="713F8DCC" w:rsidR="00137C7B" w:rsidRDefault="005D4358" w:rsidP="003860FF">
+    <w:p w14:paraId="60F85679" w14:textId="713F8DCC" w:rsidR="00137C7B" w:rsidRPr="00F71A2A" w:rsidRDefault="005D4358" w:rsidP="003860FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="885"/>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A5F2C">
+      <w:r w:rsidRPr="00F71A2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Lot Information Form for Random Sampling Test of Charge Controller</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F283BA" w14:textId="77777777" w:rsidR="009624A8" w:rsidRPr="008A5F2C" w:rsidRDefault="009624A8" w:rsidP="003860FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="885"/>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5145" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2237"/>
-        <w:gridCol w:w="7273"/>
+        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="6522"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7F9E5297" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7F9E5297" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
-          <w:trHeight w:val="997"/>
+          <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65BB6B08" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+          <w:p w14:paraId="65BB6B08" w14:textId="1BADAB57" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="007666D0" w:rsidP="00195EF6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00EA2C67">
-              <w:t>Component</w:t>
+            <w:r>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:r w:rsidR="009767DC">
+              <w:t xml:space="preserve"> of Charge </w:t>
+            </w:r>
+            <w:r w:rsidR="006F2BA2">
+              <w:t>Controller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62060212" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BA6AC0" w14:textId="444F928B" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="006F2BA2">
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00EA2C67">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">               </w:t>
+            <w:r w:rsidR="006F2BA2">
+              <w:t xml:space="preserve"> PWM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00EA2C67">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">                          </w:t>
+            <w:r w:rsidR="006F2BA2">
+              <w:t xml:space="preserve"> MPPT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="006F2BA2">
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00EA2C67">
-              <w:t xml:space="preserve"> Series              </w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Shunt                                           </w:t>
+              <w:t xml:space="preserve"> Other:…………</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2BA2">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">                                </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79BA6AC0" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
-[...36 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7D3509FE" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00931A03" w:rsidRPr="00EA2C67" w14:paraId="7D3509FE" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D35B05" w14:textId="58AB0EE4" w:rsidR="00931A03" w:rsidRPr="00EA2C67" w:rsidRDefault="00931A03" w:rsidP="00195EF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Detail</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t xml:space="preserve"> of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0257CBE0" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+          <w:p w14:paraId="0257CBE0" w14:textId="77777777" w:rsidR="00931A03" w:rsidRPr="00EA2C67" w:rsidRDefault="00931A03" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="29CDA7BB" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="29CDA7BB" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="76CD4943" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C808727" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Number):</w:t>
+          <w:p w14:paraId="3C808727" w14:textId="3B0C2EE3" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90266">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>(Chalani Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="1AD8830E" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="1AD8830E" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="51A86C20" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4548F47F" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="2980F1BA" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="2980F1BA" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7F287E88" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8B2E6D" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
-[...1 lines deleted...]
-              <w:t>Total population approved by AEPC for Import:</w:t>
+          <w:p w14:paraId="4F8B2E6D" w14:textId="4192BEF7" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00251AF0">
+              <w:t xml:space="preserve">population </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="00251AF0">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="5C280DAE" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="5C280DAE" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="52C63626" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="191837E2" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="5124980A" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="03E9A7A8" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="35D17A59" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="404F8984" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="465B56FB" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="3924C6B5" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
           <w:p w14:paraId="52E7DA54" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
-          <w:p w14:paraId="23AFBAC9" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Principle Manufacturers Details </w:t>
+          <w:p w14:paraId="23AFBAC9" w14:textId="1ACD4880" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="006B4D33" w:rsidP="00195EF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Details of Lot / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="279D6492" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7597857B" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7597857B" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="07A1A17C" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5EBCBA48" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t xml:space="preserve">Brand : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09434AC1" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t xml:space="preserve">Model : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="0E5BC5D7" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="0E5BC5D7" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="50E8C8CD" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0D6C49E6" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Nominal Voltage (V):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="0AD70D9C" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="0AD70D9C" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="71C16EF1" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
-[...3 lines deleted...]
-              <w:t>Capacity:</w:t>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2817F549" w14:textId="77777777" w:rsidR="00B9769D" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">Maximum Charging current (A): ………         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75D516C2" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="7633AA39" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Maximum Load current (A):……...</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9769D">
+              <w:t>(if applicable)</w:t>
+            </w:r>
           </w:p>
+          <w:p w14:paraId="75D516C2" w14:textId="594EA768" w:rsidR="00E030C3" w:rsidRPr="00EA2C67" w:rsidRDefault="00E030C3" w:rsidP="003A43B0">
+            <w:r>
+              <w:t>Maximum Wattage (W):………….(for MPPT)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="4E267A9E" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="4E267A9E" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7731DA55" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
-[...3 lines deleted...]
-              <w:t>Batch No:</w:t>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E91E5B7" w14:textId="66E695F4" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Batch No</w:t>
+            </w:r>
+            <w:r w:rsidR="00320BB6">
+              <w:t xml:space="preserve"> (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="2BD96920" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="2BD96920" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="353AD0C6" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2C67F973" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Lot No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="378C6CA2" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="378C6CA2" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4EA2BAE1" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="53E823CD" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BB2560E" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0BB2560E" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00F05703" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
-          <w:p w14:paraId="22627E1A" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
+          <w:p w14:paraId="539BFDC0" w14:textId="7C49C905" w:rsidR="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Serial Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05703">
+              <w:t>: From ……………... to ……….……………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621DDEDE" w14:textId="77777777" w:rsidR="00135D27" w:rsidRPr="00EA2C67" w:rsidRDefault="00135D27" w:rsidP="003A43B0"/>
+          <w:p w14:paraId="22627E1A" w14:textId="14C6152F" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00F05703" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Plea</w:t>
+            </w:r>
+            <w:r>
+              <w:t>se attach the sheet if not in serial manner</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="3E24CB51" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="3E24CB51" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="21305DBE" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="57890229" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Population( Total Nos. of CC) in a lot:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="02196990" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="02196990" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2498B5E6" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="pct"/>
+            <w:tcW w:w="3429" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1186F95F" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0">
             <w:r w:rsidRPr="00EA2C67">
               <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="19480FEA" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w14:paraId="5E426CC6" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C97560D" w14:textId="37139645" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00320BB6" w:rsidP="00195EF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Local </w:t>
+            </w:r>
+            <w:r w:rsidR="00E04F0D" w:rsidRPr="00EA2C67">
+              <w:t>Company Detail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CD2CF4" w14:textId="2237BC6F" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w14:paraId="5DF4A509" w14:textId="77777777" w:rsidTr="00F05703">
+        <w:trPr>
+          <w:trHeight w:val="358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="23F367B2" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
-[...7 lines deleted...]
-              <w:t>Date of Manufacture</w:t>
+          <w:p w14:paraId="3553C37E" w14:textId="77777777" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="697F9143" w14:textId="4F44B368" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="5E426CC6" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w14:paraId="7849073B" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
-[...5 lines deleted...]
-              <w:t>Company Detail</w:t>
+            <w:tcW w:w="1571" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6C211D" w14:textId="77777777" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="083F1D05" w14:textId="19A388C1" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...49 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="5DF4A509" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w14:paraId="40BD321F" w14:textId="77777777" w:rsidTr="00F05703">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3553C37E" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Name: </w:t>
+          <w:p w14:paraId="300748CE" w14:textId="77777777" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2280C2C8" w14:textId="7FF12C40" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0">
+            <w:r w:rsidRPr="00EA2C67">
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="7849073B" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w14:paraId="7561AAB4" w14:textId="77777777" w:rsidTr="00E04F0D">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1571" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0D6C211D" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
-[...7 lines deleted...]
-              <w:t>Address:</w:t>
+          <w:p w14:paraId="3538A355" w14:textId="77777777" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00E04F0D" w:rsidP="003A43B0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DEC613" w14:textId="1A0BC5F8" w:rsidR="00E04F0D" w:rsidRPr="00EA2C67" w:rsidRDefault="00195EF6" w:rsidP="003A43B0">
+            <w:r>
+              <w:t xml:space="preserve">Tel / </w:t>
+            </w:r>
+            <w:r w:rsidR="00E04F0D" w:rsidRPr="00EA2C67">
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w14:paraId="0C0B7EAC" w14:textId="77777777" w:rsidTr="00820E33">
+      <w:tr w:rsidR="00195EF6" w:rsidRPr="00EA2C67" w14:paraId="60FA571D" w14:textId="77777777" w:rsidTr="00195EF6">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
-[...10 lines deleted...]
-              <w:t>Email:</w:t>
+            <w:tcW w:w="1571" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0B9725" w14:textId="7EECE679" w:rsidR="00195EF6" w:rsidRPr="00EA2C67" w:rsidRDefault="00195EF6" w:rsidP="00195EF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...85 lines deleted...]
-          <w:p w14:paraId="59CDEBE5" w14:textId="77777777" w:rsidR="00EA2C67" w:rsidRPr="00EA2C67" w:rsidRDefault="00EA2C67" w:rsidP="003A43B0"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6152A239" w14:textId="77777777" w:rsidR="00195EF6" w:rsidRDefault="00195EF6" w:rsidP="003A43B0"/>
+          <w:p w14:paraId="3AB23079" w14:textId="77777777" w:rsidR="00195EF6" w:rsidRDefault="00195EF6" w:rsidP="003A43B0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="212762B5" w14:textId="77777777" w:rsidR="00F16532" w:rsidRDefault="00F16532" w:rsidP="001F58EE"/>
-    <w:p w14:paraId="29F7E86F" w14:textId="77777777" w:rsidR="006F6E3A" w:rsidRDefault="001F58EE" w:rsidP="001F58EE">
+    <w:p w14:paraId="1D453AF0" w14:textId="77777777" w:rsidR="00AF4C37" w:rsidRDefault="00AF4C37" w:rsidP="001F58EE"/>
+    <w:p w14:paraId="7027253A" w14:textId="77777777" w:rsidR="00D8381D" w:rsidRDefault="00D8381D" w:rsidP="001F58EE">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="29F7E86F" w14:textId="77777777" w:rsidR="006F6E3A" w:rsidRDefault="001F58EE" w:rsidP="00E900A8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="001F58EE">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F6E3A">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidR="006F6E3A">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6F0610" w14:textId="77777777" w:rsidR="002975D5" w:rsidRDefault="002975D5" w:rsidP="001F58EE"/>
-    <w:p w14:paraId="7C0232EF" w14:textId="269CAD16" w:rsidR="001F58EE" w:rsidRPr="001F58EE" w:rsidRDefault="001F58EE" w:rsidP="001F58EE">
+    <w:p w14:paraId="3D6F0610" w14:textId="77777777" w:rsidR="002975D5" w:rsidRDefault="002975D5" w:rsidP="00E900A8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C0232EF" w14:textId="269CAD16" w:rsidR="001F58EE" w:rsidRPr="001F58EE" w:rsidRDefault="001F58EE" w:rsidP="00E900A8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="001F58EE">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B69060A" w14:textId="77777777" w:rsidR="001F58EE" w:rsidRPr="001F58EE" w:rsidRDefault="001F58EE" w:rsidP="001F58EE"/>
-[...472 lines deleted...]
-    <w:p w14:paraId="3D87E0F1" w14:textId="26FB9098" w:rsidR="009624A8" w:rsidRDefault="001F58EE" w:rsidP="001F58EE">
+    <w:p w14:paraId="7B69060A" w14:textId="77777777" w:rsidR="001F58EE" w:rsidRPr="001F58EE" w:rsidRDefault="001F58EE" w:rsidP="00E900A8">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D87E0F1" w14:textId="26FB9098" w:rsidR="009624A8" w:rsidRDefault="001F58EE" w:rsidP="00E900A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="465"/>
           <w:tab w:val="left" w:pos="3225"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="001F58EE">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F58EE">
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="009624A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20155592" w14:textId="77777777" w:rsidR="00943093" w:rsidRDefault="00943093" w:rsidP="001F58EE">
+    <w:p w14:paraId="492F74DB" w14:textId="77777777" w:rsidR="00177824" w:rsidRDefault="00177824" w:rsidP="001F58EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="465"/>
           <w:tab w:val="left" w:pos="3225"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D807536" w14:textId="77777777" w:rsidR="00943093" w:rsidRDefault="00943093" w:rsidP="001F58EE">
+    <w:p w14:paraId="440C0475" w14:textId="77777777" w:rsidR="00151D86" w:rsidRDefault="00151D86" w:rsidP="001F58EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="465"/>
+          <w:tab w:val="left" w:pos="3225"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C13DFDD" w14:textId="77777777" w:rsidR="00151D86" w:rsidRDefault="00151D86" w:rsidP="001F58EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="465"/>
           <w:tab w:val="left" w:pos="3225"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C9BCD07" w14:textId="77777777" w:rsidR="00943093" w:rsidRDefault="00943093" w:rsidP="001F58EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="465"/>
           <w:tab w:val="left" w:pos="3225"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7627E025" w14:textId="031565DA" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="006F6E3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="705"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00A943DB">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1444" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C331AD3" w14:textId="77777777" w:rsidR="00057FEE" w:rsidRDefault="00057FEE" w:rsidP="0098113F">
+    <w:p w14:paraId="3788A734" w14:textId="77777777" w:rsidR="00ED2D9B" w:rsidRDefault="00ED2D9B" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68DBB045" w14:textId="77777777" w:rsidR="00057FEE" w:rsidRDefault="00057FEE" w:rsidP="0098113F">
+    <w:p w14:paraId="1793D63F" w14:textId="77777777" w:rsidR="00ED2D9B" w:rsidRDefault="00ED2D9B" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Courier New"/>
-[...1 lines deleted...]
-    <w:charset w:val="01"/>
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2106,164 +1487,165 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BF0022">
+    <w:r w:rsidR="00D8381D">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BF0022">
+    <w:r w:rsidR="00D8381D">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BC50911" w14:textId="77777777" w:rsidR="00057FEE" w:rsidRDefault="00057FEE" w:rsidP="0098113F">
+    <w:p w14:paraId="4F38DF41" w14:textId="77777777" w:rsidR="00ED2D9B" w:rsidRDefault="00ED2D9B" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3048C1FF" w14:textId="77777777" w:rsidR="00057FEE" w:rsidRDefault="00057FEE" w:rsidP="0098113F">
+    <w:p w14:paraId="6034CCB9" w14:textId="77777777" w:rsidR="00ED2D9B" w:rsidRDefault="00ED2D9B" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="023F2876" w:rsidR="00551892" w:rsidRPr="00D34474" w:rsidRDefault="000514B3" w:rsidP="00DB2264">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8220"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                           </w:t>
     </w:r>
     <w:r w:rsidR="00186465">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BFFE0FA" wp14:editId="3266B3CF">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2315,50 +1697,51 @@
       </w:rPr>
       <w:t>26/02/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="0162D41F" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="007F0DBB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7725"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="5E59AAA9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-276225</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6372225" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6372225" cy="0"/>
@@ -2773,234 +2156,271 @@
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00026F96"/>
     <w:rsid w:val="000514B3"/>
     <w:rsid w:val="00057FEE"/>
     <w:rsid w:val="000842CE"/>
+    <w:rsid w:val="000B3100"/>
+    <w:rsid w:val="000B3E0E"/>
+    <w:rsid w:val="000B5D2E"/>
     <w:rsid w:val="000E0BF4"/>
     <w:rsid w:val="000E7D70"/>
+    <w:rsid w:val="00135D27"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="0015082E"/>
+    <w:rsid w:val="00151D86"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="00177824"/>
     <w:rsid w:val="00186465"/>
+    <w:rsid w:val="00195EF6"/>
     <w:rsid w:val="001B44BD"/>
+    <w:rsid w:val="001C7DDF"/>
     <w:rsid w:val="001E4A08"/>
     <w:rsid w:val="001F58EE"/>
     <w:rsid w:val="00225B8B"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="00251AF0"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002971CA"/>
     <w:rsid w:val="002975D5"/>
     <w:rsid w:val="00313563"/>
     <w:rsid w:val="003169AC"/>
+    <w:rsid w:val="00320BB6"/>
     <w:rsid w:val="00347E54"/>
     <w:rsid w:val="003860FF"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003B781F"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00451B74"/>
     <w:rsid w:val="004541D6"/>
+    <w:rsid w:val="00460DB4"/>
     <w:rsid w:val="00461873"/>
     <w:rsid w:val="00463DF2"/>
     <w:rsid w:val="00480FB1"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004C0DDF"/>
     <w:rsid w:val="004C2B8D"/>
+    <w:rsid w:val="004F5A9B"/>
+    <w:rsid w:val="005017E4"/>
     <w:rsid w:val="00505A1A"/>
+    <w:rsid w:val="00517036"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00575735"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005D4358"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00620954"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="00632E35"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006B4D33"/>
     <w:rsid w:val="006E0468"/>
     <w:rsid w:val="006E6C08"/>
+    <w:rsid w:val="006F2BA2"/>
     <w:rsid w:val="006F6E3A"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00713B24"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00743AB0"/>
     <w:rsid w:val="0075129E"/>
     <w:rsid w:val="0075146B"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007666D0"/>
     <w:rsid w:val="00783C90"/>
     <w:rsid w:val="00796D26"/>
     <w:rsid w:val="007A0C40"/>
+    <w:rsid w:val="007C160C"/>
     <w:rsid w:val="007C622F"/>
     <w:rsid w:val="007F0DBB"/>
     <w:rsid w:val="007F3BEC"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00820E33"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008A2816"/>
     <w:rsid w:val="008A5F2C"/>
     <w:rsid w:val="008B676D"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="00931A03"/>
     <w:rsid w:val="00941543"/>
     <w:rsid w:val="00943093"/>
     <w:rsid w:val="00952453"/>
     <w:rsid w:val="0096093C"/>
     <w:rsid w:val="009624A8"/>
     <w:rsid w:val="009677A1"/>
+    <w:rsid w:val="009767DC"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="00985320"/>
     <w:rsid w:val="009A0CBD"/>
     <w:rsid w:val="009B478B"/>
     <w:rsid w:val="009D6960"/>
     <w:rsid w:val="00A073E2"/>
+    <w:rsid w:val="00A224DA"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A40D9E"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A943DB"/>
     <w:rsid w:val="00AE719E"/>
+    <w:rsid w:val="00AF4C37"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B16C5A"/>
     <w:rsid w:val="00B26B29"/>
     <w:rsid w:val="00B307C1"/>
+    <w:rsid w:val="00B9769D"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BE5340"/>
     <w:rsid w:val="00BF0022"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C57324"/>
     <w:rsid w:val="00C6135F"/>
     <w:rsid w:val="00C70A4D"/>
     <w:rsid w:val="00C76AF7"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00C90266"/>
     <w:rsid w:val="00C90F14"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CC6B08"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D34474"/>
     <w:rsid w:val="00D42191"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D77689"/>
+    <w:rsid w:val="00D8381D"/>
     <w:rsid w:val="00D93137"/>
     <w:rsid w:val="00DB2264"/>
     <w:rsid w:val="00DB6935"/>
+    <w:rsid w:val="00E030C3"/>
+    <w:rsid w:val="00E04F0D"/>
     <w:rsid w:val="00E13CE1"/>
     <w:rsid w:val="00E44F5A"/>
     <w:rsid w:val="00E474CD"/>
+    <w:rsid w:val="00E900A8"/>
+    <w:rsid w:val="00E96518"/>
     <w:rsid w:val="00EA2C67"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00ED2D9B"/>
     <w:rsid w:val="00ED5394"/>
     <w:rsid w:val="00ED5DDA"/>
     <w:rsid w:val="00EE33C6"/>
     <w:rsid w:val="00EF0A96"/>
+    <w:rsid w:val="00F05703"/>
     <w:rsid w:val="00F16532"/>
     <w:rsid w:val="00F20B7C"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F300E7"/>
+    <w:rsid w:val="00F71A2A"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -3912,78 +3332,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{264F01B9-29D5-4EB6-99F1-6FFA7D43316D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{357E7866-A159-44ED-9A9D-3159FEE39604}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3038</Characters>
+  <Pages>2</Pages>
+  <Words>427</Words>
+  <Characters>2434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3563</CharactersWithSpaces>
+  <CharactersWithSpaces>2856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>