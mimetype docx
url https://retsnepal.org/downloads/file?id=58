--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,4281 +7,4481 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7E23FFDC" w14:textId="67A39016" w:rsidR="00A47952" w:rsidRDefault="00221A39" w:rsidP="00BB314C">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="67E2D4FD" w:rsidR="00C450C1" w:rsidRPr="005F77CF" w:rsidRDefault="00221A39" w:rsidP="00341402">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="left" w:pos="8160"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
+        <w:spacing w:after="60"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BB314C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000E66A2" w:rsidRPr="000E66A2">
+      <w:r w:rsidR="000E66A2" w:rsidRPr="005F77CF">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Reception Form of Charge Controller; PIT /RST</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006C0729" w:rsidRPr="005F77CF">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...21 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5463" w:type="pct"/>
+        <w:tblW w:w="5060" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3258"/>
-        <w:gridCol w:w="6840"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="5868"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="68D0E5CC" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="060598D9" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1F8237" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD33E31" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text31"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="6E930705" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="2C692E78" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC57568" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7535CF93" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text32"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="1BB4A937" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="53C121AB" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A287301" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Contact Person:</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD0DD28" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="7C6FD213" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="5D835B44" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33358AAB" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28158B07" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text33"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="0766827E" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="3B7A7B24" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="135123BC" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4A995" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Website:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text34"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="15627A7A" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="6C0039F6" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64D2EEE4" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B23805E" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text35"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="73BE1B23" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00073901" w14:paraId="29491138" w14:textId="77777777" w:rsidTr="005248D5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBC8BD3" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4D086C" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text36"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="5261ED8A" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00073901" w14:paraId="3E7C301C" w14:textId="77777777" w:rsidTr="005248D5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73266017" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22414EE3" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Email:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text37"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="237FFEC8" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00073901" w14:paraId="230FA5C5" w14:textId="77777777" w:rsidTr="005248D5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3387" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4E6D40" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04C20A3E" w14:textId="5E37DC96" w:rsidR="00073901" w:rsidRDefault="00073901">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tel / Mobile:</w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text38"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="473BECB5" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00073901" w14:paraId="3A0D6DC8" w14:textId="77777777" w:rsidTr="005248D5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="005DF6C8" w14:textId="77777777" w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w:rsidRDefault="004A480F" w:rsidP="0011579F">
-            <w:r w:rsidRPr="00FB7C3E">
+          <w:p w14:paraId="28810BE4" w14:textId="77777777" w:rsidR="00073901" w:rsidRDefault="00073901"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B1EE3C" w14:textId="4C3FD6C0" w:rsidR="00073901" w:rsidRDefault="00073901">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text67"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text67"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="531814AC" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5747B7" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71670674" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C668CC" w14:textId="77777777" w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w:rsidRDefault="004A480F" w:rsidP="0011579F">
-            <w:r w:rsidRPr="00FB7C3E">
+          <w:p w14:paraId="186F7B37" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33AF0139" w14:textId="77777777" w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w:rsidRDefault="004A480F" w:rsidP="0011579F">
-[...3 lines deleted...]
-                  <w:name w:val="Check3"/>
+          <w:p w14:paraId="07D6B630" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...13 lines deleted...]
-                  <w:name w:val="Text39"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text39"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:bookmarkStart w:id="9" w:name="Text63"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...41 lines deleted...]
-                  <w:name w:val="Text40"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="24705A3A" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDDDE07" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brand / Model</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="239BA0B1" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text40"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:bookmarkStart w:id="10" w:name="Text42"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...38 lines deleted...]
-                  <w:name w:val="Check4"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="395155B4" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05423831" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Serial numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58727076" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text62"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="1E9CFD9C" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0051B761" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Switching device</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59F4C7AC" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...230 lines deleted...]
-                  <w:name w:val="Check5"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Electromagnetic       </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check6"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Semiconductor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="3A0B88B4" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07BA0FA9" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Type of PCB used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07F76C89" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...31 lines deleted...]
-                  <w:name w:val="Check7"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Glass Epoxy             </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check8"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Metal Core PCB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="2AF1C714" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67883F6C" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Efficiency of Inbuilt Mobile phone charger (SMPS type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70F610DC" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>% (Compulsory for charge controller up to 10A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="43B92B47" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="186F072F" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mode of operation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76736366" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...31 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  PWM            </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  MPPT            </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Metal PCB</w:t>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="4E340D68" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="4433BE01" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31BE19F0" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diming Function (Only for street light controller)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64F5C92D" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Yes (1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage.…Hour, 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage.…Hour, 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….Hour, 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour)          </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Out Side </w:t>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  No         </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="3AAD8589" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="711E0659" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...89 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="100D1378" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Type of battery to be used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60B093AC" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check11"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Li-Ion  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check11"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Lead-Acid </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Ni- MH </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...14 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="44080575" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27E66E82" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Maximum charging / load current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2A338A" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text44"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text30"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:t xml:space="preserve"> A / </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text45"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="566744B7" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02C6288F" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Efficiency of charge controller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="070E9B44" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="317F9631" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52C3F61D" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Quiescent current consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="15" w:name="Text46"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42C598B1" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text46"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:t xml:space="preserve"> mA @ </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text64"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="29E0207F" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06B1B21E" w14:textId="5332F745" w:rsidR="00341402" w:rsidRDefault="00341402" w:rsidP="005F77CF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Low Voltage Disconnection and Reconnection Point </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0AD3FB" w14:textId="1F6B9CD8" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LVD at: </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text48"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text48"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text49"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text49"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="005F77CF">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F77CF">
+              <w:t>(for lead-acid batteries)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C732F08" w14:textId="2FDBFAC4" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LVR at:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Text50"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text50"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text51"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text51"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="005F77CF">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F77CF">
+              <w:t>(for lead-acid batteries)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="7FC3345B" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="164B72C5" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>High Voltage Disconnection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="677E9FBE" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HVD at:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text52"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text52"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text54"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text54"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="5D8EB363" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="179"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBC7C51" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PV Voltage Range (for MPPT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFA39F8" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...8 lines deleted...]
-                  <w:name w:val="Check9"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  From ………V       </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...8 lines deleted...]
-                  <w:name w:val="Check9"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  To ……… V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="575F6143" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4684C411" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Maximum Rating (for MPPT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E62979D" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> W,     </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text65"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Text65"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="15BD8FF1" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="012331AB" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Adjustment of set points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3516EE" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...337 lines deleted...]
-                  <w:name w:val="Check12"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Fixed         </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check13"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Adjustable (Programmable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="127A3D48" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2447C993" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="710CC8A4" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check14"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Reverse polarity on PV side    </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...789 lines deleted...]
-                  <w:name w:val="Check15"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Surge on PV side                                       </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check16"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Short circuit on Load      </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...106 lines deleted...]
-                  <w:name w:val="Check15"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Over current on load side           </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check16"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Reverse polarity on Battery side    </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Adjustable</w:t>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Other: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text56"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="65C51ADD" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="0759549B" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="768DB6D0" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35AB4A97" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Minimum:   </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text57"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text57"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r>
+              <w:t xml:space="preserve"> °C        Maximum:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text58"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text58"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r>
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="25DB452E" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="090F784F" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Temperature compensation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31871271" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Yes  ( </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text59"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text59"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r>
+              <w:t xml:space="preserve">  mV per °C)        </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="2C59E661" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="1296A4F3" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67F9BE2A" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="730143E5" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Indoor only           </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00341402" w14:paraId="447C6E23" w14:textId="77777777" w:rsidTr="00341402">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3842C263" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>IP rating of enclosure according to IEC60529</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74282E12" w14:textId="49E9439C" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005F77CF">
+              <w:t xml:space="preserve">  IP</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">20          </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...8 lines deleted...]
-                  <w:name w:val="Text56"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Others </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:bookmarkStart w:id="29" w:name="Text66"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...31 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="0968B466" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="76C6AFF3" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...186 lines deleted...]
-                  <w:name w:val="Text56"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="749A0975" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Additional description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5469B80D" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text56"/>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:bookmarkStart w:id="30" w:name="Text60"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...35 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A480F" w:rsidRPr="00FB7C3E" w14:paraId="290B80C3" w14:textId="77777777" w:rsidTr="00B5686E">
+      <w:tr w:rsidR="00341402" w14:paraId="2AC34C21" w14:textId="77777777" w:rsidTr="00341402">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="pct"/>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...19 lines deleted...]
-                  <w:name w:val="Text57"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F58E654" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5088F177" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A450FA" w14:textId="77777777" w:rsidR="00341402" w:rsidRDefault="00341402">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:bookmarkStart w:id="31" w:name="Text61"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FB7C3E">
-[...348 lines deleted...]
-            <w:r w:rsidRPr="00FB7C3E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
-          </w:p>
-[...77 lines deleted...]
-            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00C450C1" w:rsidP="00C450C1">
+    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00341402" w:rsidRDefault="00137C7B" w:rsidP="00137C7B">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="4E4AE1E4" w14:textId="434CF9A4" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="00A3115A" w:rsidP="0096239E">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0096239E" w:rsidRPr="0096239E">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="00A47952">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0096239E" w:rsidRPr="0096239E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C8B741" w14:textId="77777777" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="0096239E" w:rsidP="0096239E"/>
-    <w:p w14:paraId="142B00C6" w14:textId="77777777" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="0096239E" w:rsidP="0096239E">
+    <w:p w14:paraId="29C8B741" w14:textId="77777777" w:rsidR="0096239E" w:rsidRPr="00341402" w:rsidRDefault="0096239E" w:rsidP="0096239E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="142B00C6" w14:textId="6E85F0BC" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="0096239E" w:rsidP="0096239E">
       <w:r w:rsidRPr="0096239E">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0096239E">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0096239E">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="50C95C55" w14:textId="77777777" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="0096239E" w:rsidP="0096239E"/>
-    <w:p w14:paraId="635EFE33" w14:textId="79D44145" w:rsidR="0096239E" w:rsidRPr="0096239E" w:rsidRDefault="00DE2CCC" w:rsidP="0096239E">
+    <w:p w14:paraId="50C95C55" w14:textId="77777777" w:rsidR="0096239E" w:rsidRPr="00341402" w:rsidRDefault="0096239E" w:rsidP="0096239E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7627E025" w14:textId="73A9AE06" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00DE2CCC" w:rsidP="00341402">
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00A47952">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0096239E" w:rsidRPr="0096239E">
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00A47952">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...6 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="0031081E">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5B2BF55F" w14:textId="77777777" w:rsidR="009402D5" w:rsidRDefault="009402D5" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5250F30D" w14:textId="77777777" w:rsidR="009402D5" w:rsidRDefault="009402D5" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
@@ -4308,161 +4508,162 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00010BAD">
+    <w:r w:rsidR="005F77CF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00010BAD">
+    <w:r w:rsidR="005F77CF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5F6DCFC5" w14:textId="77777777" w:rsidR="009402D5" w:rsidRDefault="009402D5" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="38263499" w14:textId="77777777" w:rsidR="009402D5" w:rsidRDefault="009402D5" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="5B56AFAB" w:rsidR="00551892" w:rsidRDefault="00BE2B8C" w:rsidP="00387140">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5895"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4508,50 +4709,51 @@
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="0556D3F5" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="645A34BA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-76200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6267450" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6267450" cy="0"/>
@@ -4842,188 +5044,193 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="00010BAD"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00055411"/>
+    <w:rsid w:val="00073901"/>
     <w:rsid w:val="000E66A2"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00182F49"/>
     <w:rsid w:val="00186D7C"/>
     <w:rsid w:val="001D7E6A"/>
     <w:rsid w:val="00221A39"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00234F45"/>
     <w:rsid w:val="002532DA"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002E060E"/>
     <w:rsid w:val="002E191C"/>
     <w:rsid w:val="0031081E"/>
+    <w:rsid w:val="00341402"/>
     <w:rsid w:val="003721DE"/>
     <w:rsid w:val="003733BF"/>
     <w:rsid w:val="00375E20"/>
     <w:rsid w:val="00387140"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003B7C68"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D26ED"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F5B85"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00405959"/>
     <w:rsid w:val="004453BC"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004A480F"/>
     <w:rsid w:val="0052675C"/>
     <w:rsid w:val="00546A0B"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
+    <w:rsid w:val="005F77CF"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00611124"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00680454"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006C0729"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008946F2"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008E0A30"/>
+    <w:rsid w:val="009402D5"/>
     <w:rsid w:val="0096239E"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A3115A"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A47952"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00AA0AF4"/>
     <w:rsid w:val="00AB20FF"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B14B9F"/>
     <w:rsid w:val="00B5686E"/>
     <w:rsid w:val="00BB314C"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BE2B8C"/>
     <w:rsid w:val="00C03F17"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD1402"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00DE2CCC"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FB7C3E"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5618,50 +5825,65 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="585185920">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -5935,78 +6157,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F1952B6-6470-4DF5-B876-EC701941C790}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74F6DB20-31C1-472B-AB34-6AF2DAC29CA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3135</Characters>
+  <Pages>1</Pages>
+  <Words>475</Words>
+  <Characters>2713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3677</CharactersWithSpaces>
+  <CharactersWithSpaces>3182</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>