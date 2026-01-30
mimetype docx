--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,73 +7,89 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="224F7697" w14:textId="2EA899A3" w:rsidR="00137C7B" w:rsidRPr="00CB3EF1" w:rsidRDefault="00CB3EF1" w:rsidP="003E2C6C">
+    <w:p w14:paraId="224F7697" w14:textId="1BCAEFB9" w:rsidR="00137C7B" w:rsidRPr="00CB3EF1" w:rsidRDefault="00F84CF9" w:rsidP="003E2C6C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB3EF1">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Reception Form for Observation Test of Charge Controller</w:t>
+        <w:t xml:space="preserve">Reception Form for Testing of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3EF1" w:rsidRPr="00CB3EF1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Charge Controller</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
+    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="000C3D96" w:rsidRDefault="00137C7B" w:rsidP="00137C7B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5060" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3485"/>
         <w:gridCol w:w="5868"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="0DEFE79D" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
@@ -170,235 +186,281 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47951A1F" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E17F7EB" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+          <w:p w14:paraId="3E17F7EB" w14:textId="0D97DCF8" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="00316533">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text32"/>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="6F4E2980" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B0EB056" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D8FC38F" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="5D8FC38F" w14:textId="58BE2CFD" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Contact Person:</w:t>
+            </w:r>
+            <w:r w:rsidR="00316533">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316533" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="3AE3526A" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="249B0A90" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AF101EA" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+          <w:p w14:paraId="6AF101EA" w14:textId="3109BB13" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="00316533">
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text33"/>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="41A2576E" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DDD6F45" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126"/>
         </w:tc>
@@ -542,91 +604,87 @@
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="344A2393" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="003E46EF" w:rsidRPr="007C5126" w14:paraId="344A2393" w14:textId="77777777" w:rsidTr="00F4673B">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A2F9791" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="5A2F9791" w14:textId="77777777" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF">
             <w:r w:rsidRPr="007C5126">
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ED674C2" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...4 lines deleted...]
-              <w:tab/>
+          <w:p w14:paraId="6ED674C2" w14:textId="4675095F" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text36"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
@@ -638,82 +696,80 @@
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="46BE594B" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="003E46EF" w:rsidRPr="007C5126" w14:paraId="46BE594B" w14:textId="77777777" w:rsidTr="00F4673B">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B4383DD" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126"/>
+          <w:p w14:paraId="1B4383DD" w14:textId="77777777" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08267760" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="08267760" w14:textId="77777777" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF">
             <w:r w:rsidRPr="007C5126">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text37"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
@@ -730,84 +786,88 @@
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="0A3A57DB" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="003E46EF" w:rsidRPr="007C5126" w14:paraId="0A3A57DB" w14:textId="77777777" w:rsidTr="00F4673B">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F746DA9" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126"/>
+          <w:p w14:paraId="0F746DA9" w14:textId="77777777" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="009FB6F4" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...1 lines deleted...]
-              <w:t>Tel:</w:t>
+          <w:p w14:paraId="009FB6F4" w14:textId="0F8ADD7E" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text38"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -819,50 +879,138 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E46EF" w:rsidRPr="007C5126" w14:paraId="5942F21F" w14:textId="77777777" w:rsidTr="00F4673B">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="289399F7" w14:textId="77777777" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="418653A0" w14:textId="0DC7DD03" w:rsidR="003E46EF" w:rsidRPr="007C5126" w:rsidRDefault="003E46EF">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text67"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text67"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="45672827" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B491C49" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -879,281 +1027,148 @@
           </w:tcPr>
           <w:p w14:paraId="3ECF1CE9" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A94E698" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="59D17341" w14:textId="571C4D3E" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D5F27CB" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...3 lines deleted...]
-                  <w:name w:val="Check3"/>
+          <w:p w14:paraId="533F7B39" w14:textId="68DCA1CE" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126" w:rsidP="00BD29F8">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...10 lines deleted...]
-                  <w:name w:val="Text39"/>
+            <w:r w:rsidR="00EA7E01">
+              <w:t xml:space="preserve">  Imported</w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text39"/>
-            <w:r w:rsidRPr="007C5126">
+            <w:bookmarkStart w:id="10" w:name="Text63"/>
+            <w:r w:rsidR="008526F1">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="008526F1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...160 lines deleted...]
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="008526F1">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008526F1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="6FD42518" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="217C2FF8" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Brand / Model</w:t>
@@ -1292,131 +1307,50 @@
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="5FFD294A" w14:textId="77777777" w:rsidTr="007C5126">
-[...79 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="65B974AC" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E25F63E" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Switching device</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
@@ -1470,230 +1404,164 @@
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t xml:space="preserve">  Semiconductor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="39721AAC" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16BDE838" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...1 lines deleted...]
-              <w:t>PCB in used</w:t>
+          <w:p w14:paraId="16BDE838" w14:textId="2A5CB78D" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="002F0642">
+            <w:r>
+              <w:t xml:space="preserve">Type of PCB </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
+              <w:t>used</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E8257E1" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="0E8257E1" w14:textId="4BAA8157" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t xml:space="preserve">  Glass Epoxy             </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Metal PCB</w:t>
+              <w:t xml:space="preserve">  Metal </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0642">
+              <w:t xml:space="preserve">Core </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t>PCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="41F8DA08" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6975FA58" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-            <w:r w:rsidRPr="007C5126">
+          <w:p w14:paraId="6975FA58" w14:textId="0FD2CF89" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="00FE36CC">
+            <w:r>
+              <w:t xml:space="preserve">Efficiency of </w:t>
+            </w:r>
+            <w:r w:rsidR="00E91551">
+              <w:t xml:space="preserve">Inbuilt </w:t>
+            </w:r>
+            <w:r w:rsidR="007C5126" w:rsidRPr="007C5126">
               <w:t>Mobile phone charger (SMPS type)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E11F535" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...80 lines deleted...]
-          <w:p w14:paraId="2DEE5341" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
+          <w:p w14:paraId="6E11F535" w14:textId="03F325E5" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="00FE36CC">
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
@@ -1701,50 +1569,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (Compulsory for charge controller up to 10A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="5F5552A8" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39B97822" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
             <w:r w:rsidRPr="007C5126">
               <w:t>Mode of operation</w:t>
             </w:r>
           </w:p>
@@ -1808,2832 +1679,2727 @@
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="4581EEE5" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="766030DA" w14:textId="77777777" w:rsidTr="000402D0">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:t>Type of battery to be used</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="4A45F85E" w14:textId="461025C1" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r>
+              <w:t>Diming Function (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F36C26">
+              <w:t xml:space="preserve">Only </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for street light controller)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...5 lines deleted...]
-                  <w:name w:val="Check9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79561492" w14:textId="6DFEBEB6" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...14 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05A1B">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74E54">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Hour, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05A1B">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>…Hour, 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05A1B">
+              <w:t xml:space="preserve"> stage…</w:t>
+            </w:r>
+            <w:r w:rsidR="00474D3A">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Hour, 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour)          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
-[...5 lines deleted...]
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="4581EEE5" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6750E579" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Type of battery to be used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2580491F" w14:textId="18071D91" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
+            <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
-[...8 lines deleted...]
-                  <w:name w:val="Check9"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Li-Ion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
+            <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00195FDA" w:rsidRPr="007C5126">
-[...393 lines deleted...]
-                  <w:name w:val="Check12"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Lead-Acid </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...5 lines deleted...]
-                  <w:name w:val="Check13"/>
+            <w:r>
+              <w:t xml:space="preserve"> Ni- MH </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...5 lines deleted...]
-                  <w:name w:val="Check14"/>
+            <w:r>
+              <w:t xml:space="preserve"> Others</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="38FCF6BA" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24B6AFB8" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Maximum charging / load current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7FE83C" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text44"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text30"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> A / </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text45"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="626C2312" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B92087F" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Efficiency of charge controller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5CE28E" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="37ACBAD5" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="698A604C" w14:textId="45714F9F" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="00667B3E">
+            <w:r>
+              <w:t xml:space="preserve">Quiescent current </w:t>
+            </w:r>
+            <w:r w:rsidR="009C7819" w:rsidRPr="007C5126">
+              <w:t>consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="16" w:name="Text46"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9D3FFD" w14:textId="13D85B1F" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text46"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidR="006D78DA">
+              <w:t xml:space="preserve"> mA @ </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text64"/>
+            <w:r w:rsidR="006D78DA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D78DA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidR="006D78DA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="6F4E9170" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37133849" w14:textId="33FCF30D" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r>
+              <w:t>Low Voltage D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t>isconnect</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ion and Reconnection Point</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7E01">
+              <w:t xml:space="preserve"> (for lead-acid batteries)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77630AD4" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LVD at: </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text48"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text48"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Text49"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text49"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA35DB4" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LVR at:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text50"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text50"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text51"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Text51"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="6F5146A9" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="342E67BB" w14:textId="4F8D3A99" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="00C43676">
+            <w:r>
+              <w:t>High Voltage D</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7819" w:rsidRPr="007C5126">
+              <w:t>isconnect</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7E034C" w14:textId="676FF589" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819" w:rsidP="00C42E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HVD at:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text52"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text52"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text54"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text54"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="2CB2D448" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="179"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C10A93F" w14:textId="2E71EF11" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="007424FE">
+            <w:r>
+              <w:t xml:space="preserve">PV </w:t>
+            </w:r>
+            <w:r w:rsidR="009C7819" w:rsidRPr="007C5126">
+              <w:t>Voltage Range (for MPPT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4639A66F" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Other: </w:t>
-[...743 lines deleted...]
-                  <w:name w:val="Check15"/>
+              <w:t xml:space="preserve">  From ………V       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  From ………V       </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check16"/>
+              <w:t xml:space="preserve">  To ……… V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="397849CB" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63868D78" w14:textId="2BD51DFF" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="002338C2">
+            <w:r>
+              <w:t xml:space="preserve">Maximum </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:t>Rating (for MPPT</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7819" w:rsidRPr="007C5126">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEE2117" w14:textId="4D77B627" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> W</w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2A45">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text65"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Text65"/>
+            <w:r w:rsidR="007424FE">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007424FE">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidR="007424FE">
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="354E3B33" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56B3D3CD" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Adjustment of set points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD13E42" w14:textId="632B53DC" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  To ……… V</w:t>
-[...130 lines deleted...]
-                  <w:name w:val="Check15"/>
+              <w:t xml:space="preserve">  Fixed         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Fixed         </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check16"/>
+              <w:t xml:space="preserve">  Adjustable</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (Programmable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="619A8EEC" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09BE8E66" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E698830" w14:textId="0F3A8971" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819" w:rsidP="005E4D72">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Adjustable</w:t>
-[...41 lines deleted...]
-                  <w:name w:val="Check24"/>
+              <w:t xml:space="preserve">  Reverse polarity on PV side</w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D72">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D72" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="005E4D72" w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...8 lines deleted...]
-                  <w:name w:val="Check25"/>
+            <w:r w:rsidR="005E4D72" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005E4D72" w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">  Surge on PV side</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D72">
+              <w:t xml:space="preserve">                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  No</w:t>
-[...41 lines deleted...]
-                  <w:name w:val="Check17"/>
+              <w:t xml:space="preserve">  Short circu</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED734E">
+              <w:t xml:space="preserve">it on Load      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Circuit breaker            </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check18"/>
+              <w:t xml:space="preserve">  Over current on load side           </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED734E" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r w:rsidR="00ED734E" w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r w:rsidR="00ED734E" w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00ED734E" w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">  Reve</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED734E">
+              <w:t>rse polarity on Battery side</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED734E" w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED734E">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Electronic fuse      </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check19"/>
+              <w:t xml:space="preserve">  Other: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text56"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="00C58ED0" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0169ECBF" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57AC1C46" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">Minimum:   </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text57"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text57"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> °C        Maximum:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text58"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text58"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="7A7347E8" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36047749" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Temperature compensation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64610E6D" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Others: </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Text56"/>
+              <w:t xml:space="preserve">  Yes  ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text59"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...39 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">  mV per °C)        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Reverse polarity on PV side       </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check20"/>
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="30D64D5A" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="339A8718" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3D6847" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Reverse polarity on Battery side    </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check20"/>
+              <w:t xml:space="preserve">  Indoor only           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Surge on PV side                        </w:t>
-[...4 lines deleted...]
-                  <w:name w:val="Check20"/>
+              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C44C58" w:rsidRPr="007C5126" w14:paraId="58AA809F" w14:textId="77777777" w:rsidTr="007C5126">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67484188" w14:textId="066DE6AF" w:rsidR="00C44C58" w:rsidRPr="007C5126" w:rsidRDefault="00C44C58" w:rsidP="00C44C58">
+            <w:r>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40089">
+              <w:t xml:space="preserve"> r</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ating of enclosure</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB10CC">
+              <w:t xml:space="preserve"> according to IEC60529</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A06F9D0" w14:textId="7DA8FCED" w:rsidR="00C44C58" w:rsidRPr="007C5126" w:rsidRDefault="00D40089">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...5 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r>
+              <w:t xml:space="preserve">  IP 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
-              <w:t xml:space="preserve">  Reverse current on PV side (i.e. from Battery to panel)                          </w:t>
-[...48 lines deleted...]
-                  <w:name w:val="Text56"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Others </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text56"/>
-            <w:r w:rsidRPr="007C5126">
+            <w:bookmarkStart w:id="29" w:name="Text66"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007C5126">
-[...35 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="00C58ED0" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="00FD6CA7" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0169ECBF" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...2 lines deleted...]
-              <w:t>Operating temperature</w:t>
+          <w:p w14:paraId="28623C34" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>Additional description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57AC1C46" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...7 lines deleted...]
-                  <w:name w:val="Text57"/>
+          <w:p w14:paraId="5BAC6DCE" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text60"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C5126" w:rsidRPr="007C5126" w14:paraId="7A7347E8" w14:textId="77777777" w:rsidTr="007C5126">
+      <w:tr w:rsidR="009C7819" w:rsidRPr="007C5126" w14:paraId="7308B0EC" w14:textId="77777777" w:rsidTr="007C5126">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36047749" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...1 lines deleted...]
-              <w:t>Temperature compensation</w:t>
+          <w:p w14:paraId="153DFCF7" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061E4F5A" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:t>(IEC, ISO, Others)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64610E6D" w14:textId="77777777" w:rsidR="007C5126" w:rsidRPr="007C5126" w:rsidRDefault="007C5126">
-[...25 lines deleted...]
-                  <w:name w:val="Text59"/>
+          <w:p w14:paraId="53D6D07A" w14:textId="77777777" w:rsidR="009C7819" w:rsidRPr="007C5126" w:rsidRDefault="009C7819">
+            <w:r w:rsidRPr="007C5126">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text59"/>
+            <w:bookmarkStart w:id="31" w:name="Text61"/>
             <w:r w:rsidRPr="007C5126">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C5126">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...192 lines deleted...]
-            </w:r>
             <w:bookmarkEnd w:id="31"/>
-          </w:p>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="007C5126">
+    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRPr="000C3D96" w:rsidRDefault="00137C7B" w:rsidP="00137C7B">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="2A8989B5" w14:textId="0CC6B5A8" w:rsidR="00A64F65" w:rsidRDefault="000A24C8" w:rsidP="00231031">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00231031" w:rsidRPr="00231031">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="00A64F65">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A18392E" w14:textId="7974B167" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="00231031" w:rsidP="00231031">
+    <w:p w14:paraId="1E5683A9" w14:textId="69E6EF8C" w:rsidR="00231031" w:rsidRPr="000C3D96" w:rsidRDefault="00231031" w:rsidP="00231031">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00231031">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5683A9" w14:textId="77777777" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="00231031" w:rsidP="00231031"/>
-    <w:p w14:paraId="7805BE16" w14:textId="77777777" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="00231031" w:rsidP="00231031">
+    <w:p w14:paraId="7805BE16" w14:textId="5B80C96A" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="00231031" w:rsidP="00231031">
       <w:r w:rsidRPr="00231031">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00231031">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00231031">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0F5A4E14" w14:textId="77777777" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="00231031" w:rsidP="00231031"/>
-    <w:p w14:paraId="167200F4" w14:textId="4E4AE6EA" w:rsidR="00231031" w:rsidRPr="00231031" w:rsidRDefault="000A24C8" w:rsidP="00231031">
+    <w:p w14:paraId="7627E025" w14:textId="648A9644" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="000A24C8" w:rsidP="000C3D96">
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00A64F65">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00231031" w:rsidRPr="00231031">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7627E025" w14:textId="58BC47B8" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00231031">
-[...5 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="009C0484">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1530" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5EEF7BA6" w14:textId="77777777" w:rsidR="007F4C92" w:rsidRDefault="007F4C92" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="2DACA874" w14:textId="77777777" w:rsidR="007F4C92" w:rsidRDefault="007F4C92" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
@@ -4660,150 +4426,151 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007C79B5">
+    <w:r w:rsidR="003E46EF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007C79B5">
+    <w:r w:rsidR="003E46EF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="330A5F14" w14:textId="77777777" w:rsidR="007F4C92" w:rsidRDefault="007F4C92" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="652DF68A" w14:textId="77777777" w:rsidR="007F4C92" w:rsidRDefault="007F4C92" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4822,50 +4589,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="1BF45F87" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="3DE4FB77">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-171450</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6076950" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6076950" cy="0"/>
@@ -5090,166 +4858,214 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00004CB3"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00030E38"/>
+    <w:rsid w:val="000445B5"/>
     <w:rsid w:val="000A24C8"/>
+    <w:rsid w:val="000C3D96"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00195FDA"/>
+    <w:rsid w:val="00207858"/>
+    <w:rsid w:val="00211442"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00231031"/>
+    <w:rsid w:val="002338C2"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002F0642"/>
+    <w:rsid w:val="00316533"/>
+    <w:rsid w:val="00357328"/>
     <w:rsid w:val="00384D62"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C05A0"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E2C6C"/>
+    <w:rsid w:val="003E46EF"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
+    <w:rsid w:val="00474D3A"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004A6E01"/>
     <w:rsid w:val="004D4A6F"/>
+    <w:rsid w:val="0054445D"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005D6CB1"/>
     <w:rsid w:val="005E241C"/>
+    <w:rsid w:val="005E4D72"/>
+    <w:rsid w:val="00600F27"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="0063471D"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="00667B3E"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006D78DA"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="007424FE"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007C2A45"/>
     <w:rsid w:val="007C5126"/>
     <w:rsid w:val="007C79B5"/>
+    <w:rsid w:val="007F4C92"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="008526F1"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="008724E3"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="009350D3"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009A2AEF"/>
     <w:rsid w:val="009C0484"/>
+    <w:rsid w:val="009C7819"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A64F65"/>
+    <w:rsid w:val="00AE64CD"/>
+    <w:rsid w:val="00AF233E"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B74E54"/>
     <w:rsid w:val="00B949E0"/>
     <w:rsid w:val="00BC2546"/>
+    <w:rsid w:val="00BD29F8"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00C04A1B"/>
+    <w:rsid w:val="00C05A1B"/>
+    <w:rsid w:val="00C118B0"/>
+    <w:rsid w:val="00C26700"/>
+    <w:rsid w:val="00C42E6D"/>
+    <w:rsid w:val="00C43676"/>
     <w:rsid w:val="00C43A8A"/>
+    <w:rsid w:val="00C44C58"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CB3EF1"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00CE3A99"/>
     <w:rsid w:val="00D13762"/>
+    <w:rsid w:val="00D21C59"/>
     <w:rsid w:val="00D23483"/>
+    <w:rsid w:val="00D40089"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D65469"/>
+    <w:rsid w:val="00DB10CC"/>
+    <w:rsid w:val="00E91551"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EA7E01"/>
+    <w:rsid w:val="00ED734E"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F36C26"/>
+    <w:rsid w:val="00F45EA8"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F84CF9"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
+    <w:rsid w:val="00FD4C9D"/>
+    <w:rsid w:val="00FD6CC5"/>
     <w:rsid w:val="00FE0302"/>
+    <w:rsid w:val="00FE36CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -6161,93 +5977,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA329CD0-2024-423B-BC57-DAE54F727D00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F57076AA-94A9-4561-B225-2E245CCEA802}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3160</Characters>
+  <Pages>1</Pages>
+  <Words>472</Words>
+  <Characters>2691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3707</CharactersWithSpaces>
+  <CharactersWithSpaces>3157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>