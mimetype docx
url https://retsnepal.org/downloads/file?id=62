--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -170,426 +170,316 @@
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E74745" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="009C424E" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C424E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, Khumaltar</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="38A61814" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="009C424E" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56F69467" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="25FDF404" w14:textId="569FA6EE" w:rsidR="00707DF2" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B87924">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. </w:t>
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC42F8">
+        <w:t>/population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87924">
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. Therefore, we hereby request you to collect random samples for testing according to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7897">
+        <w:t>NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00707DF2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA804CA" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="3087A6FA" w14:textId="45D3E57B" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18B9F20D" w14:textId="2FA69DBC" w:rsidR="000B1E50" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
-[...106 lines deleted...]
-    <w:p w14:paraId="47DB5BC7" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="162ED2AC" w14:textId="77777777" w:rsidR="0011704E" w:rsidRPr="00786ECA" w:rsidRDefault="0011704E" w:rsidP="00786ECA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B87924">
-        <w:t>In case of local manufacturer, documents of warranty certificate and assurance of ASS.</w:t>
+      <w:r w:rsidRPr="00786ECA">
+        <w:t xml:space="preserve">A letter provided by principal lamp manufacturer in their letter head mentioning the operational life of the lamp to be at least 30,000 hours </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455CBC2E" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="1D54D7E5" w14:textId="77777777" w:rsidR="0011704E" w:rsidRPr="00786ECA" w:rsidRDefault="0011704E" w:rsidP="00786ECA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B87924">
-        <w:t xml:space="preserve">Copy of VAT and Tax Exemption letter from AEPC (For Importer )    </w:t>
+      <w:r w:rsidRPr="00786ECA">
+        <w:t>Document of agreement between local importer and principle lamp manufacturer stating warranty period, signed and stamped by authorized person</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AC1737" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="5AEB23A3" w14:textId="77777777" w:rsidR="0011704E" w:rsidRPr="00786ECA" w:rsidRDefault="0011704E" w:rsidP="0011704E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B87924">
-        <w:t>Serial numbers: Soft copy (Excel sheet) and Hard copy.</w:t>
+      <w:r w:rsidRPr="00786ECA">
+        <w:t xml:space="preserve">In case of local manufacturer, warranty period stating document with signed and stamped by authorized person </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12035F0B" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="09C30DF1" w14:textId="77777777" w:rsidR="0011704E" w:rsidRPr="00786ECA" w:rsidRDefault="0011704E" w:rsidP="0011704E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B87924">
-        <w:t>Copy of PIT Certificate</w:t>
+      <w:r w:rsidRPr="00786ECA">
+        <w:t>LM80 report for LED from IEC accredited laboratory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2661D61B" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
-[...11 lines deleted...]
-    <w:p w14:paraId="125F8AA0" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="11AC1737" w14:textId="24EF2D25" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B87924">
-        <w:t>Others: ……………………………………………</w:t>
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="0011704E">
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87924">
+        <w:t xml:space="preserve">) and Hard </w:t>
+      </w:r>
+      <w:r w:rsidR="00D206CD">
+        <w:t>copy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9D583C" w14:textId="77777777" w:rsidR="00456D50" w:rsidRDefault="00456D50" w:rsidP="000B1E50">
-      <w:pPr>
+    <w:p w14:paraId="12035F0B" w14:textId="312FA8C1" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B87924">
+        <w:t xml:space="preserve">Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3449B">
+        <w:t xml:space="preserve">valid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>PIT Certificate</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55B970BA" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
-      <w:pPr>
+    <w:p w14:paraId="5F7193E7" w14:textId="77777777" w:rsidR="00786ECA" w:rsidRPr="00786ECA" w:rsidRDefault="00786ECA" w:rsidP="00786ECA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B87924">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will bear all legal action and consequences whatsoever.</w:t>
+      <w:r w:rsidRPr="00786ECA">
+        <w:t>Catalogue and Technical Datasheet of Lamp and single LED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F83C8B8" w14:textId="77777777" w:rsidR="00456D50" w:rsidRDefault="00456D50" w:rsidP="000B1E50">
-      <w:pPr>
+    <w:p w14:paraId="125F8AA0" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="314EDE06" w14:textId="77777777" w:rsidR="00456D50" w:rsidRDefault="00456D50" w:rsidP="000B1E50">
+    <w:p w14:paraId="4D2A95D9" w14:textId="03F05503" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35BF9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35BF9" w:rsidRPr="00B35BF9">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39A8590F" w14:textId="77777777" w:rsidR="00456D50" w:rsidRDefault="00456D50" w:rsidP="000B1E50">
-[...31 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="75C37CD2" w14:textId="39846BFC" w:rsidR="000B1E50" w:rsidRDefault="000B1E50" w:rsidP="00FF796C">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B87924">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
       <w:r w:rsidR="00167D0D">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="3B24A2DA" w14:textId="77777777" w:rsidR="00543F22" w:rsidRDefault="00543F22" w:rsidP="000B1E50"/>
     <w:p w14:paraId="67988012" w14:textId="7120A3FF" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:r w:rsidRPr="00B87924">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
         <w:t>Company Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60760F13" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50"/>
-    <w:p w14:paraId="2C2D3242" w14:textId="6498EC18" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="2C2D3242" w14:textId="01E1EF06" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
       <w:r w:rsidRPr="00B87924">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0044009F">
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B87924">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5CEDC619" w14:textId="77777777" w:rsidR="000B1E50" w:rsidRPr="00B87924" w:rsidRDefault="000B1E50" w:rsidP="000B1E50"/>
-    <w:p w14:paraId="28D588CC" w14:textId="4B478025" w:rsidR="000B1E50" w:rsidRDefault="000B1E50" w:rsidP="000B1E50">
+    <w:p w14:paraId="1F616F2D" w14:textId="4F8E2BF6" w:rsidR="00E40A41" w:rsidRDefault="000B1E50" w:rsidP="00270FB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B87924">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:tab/>
       </w:r>
@@ -603,462 +493,341 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00770AE3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B87924">
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...171 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="1C395888" w14:textId="77777777" w:rsidR="00270FB7" w:rsidRDefault="00270FB7" w:rsidP="00270FB7"/>
     <w:p w14:paraId="4601E384" w14:textId="77777777" w:rsidR="00A23849" w:rsidRDefault="00A23849" w:rsidP="00F43EC7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2805"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54833928" w14:textId="063A0AD4" w:rsidR="00E40A41" w:rsidRDefault="002A59C3" w:rsidP="00F43EC7">
+    <w:p w14:paraId="54833928" w14:textId="063A0AD4" w:rsidR="00E40A41" w:rsidRPr="00B60A67" w:rsidRDefault="002A59C3" w:rsidP="00B6576E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2805"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F43EC7">
+      <w:r w:rsidRPr="00B60A67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Lot Information Form for Random Sampling Test of Lamp</w:t>
+        <w:t>Lot Information Form fo</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B60A67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>r Random Sampling Test of Lamp</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="69"/>
         <w:tblW w:w="4943" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2359"/>
         <w:gridCol w:w="6778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="1170B622" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="003E6C69" w:rsidRPr="002A7A32" w14:paraId="1170B622" w14:textId="77777777" w:rsidTr="003E6C69">
         <w:trPr>
-          <w:trHeight w:val="1025"/>
+          <w:trHeight w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="184592D7" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="184592D7" w14:textId="649E4FBC" w:rsidR="003E6C69" w:rsidRPr="002A7A32" w:rsidRDefault="003E6C69" w:rsidP="00F43EC7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002A7A32">
-              <w:t>Component</w:t>
+            <w:r>
+              <w:t>Type of Lamp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAFEF00" w14:textId="6BF8920B" w:rsidR="003E6C69" w:rsidRPr="002A7A32" w:rsidRDefault="003E6C69" w:rsidP="00F43EC7">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
+              <w:t xml:space="preserve"> Panel     </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:bookmarkStart w:id="1" w:name="Check21"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bulb     </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
+              <w:t xml:space="preserve"> Tube-Light    </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
+              <w:t xml:space="preserve"> Others </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002A7A32">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002A7A32">
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Other ………….                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="44DAD6D5" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C07F5D1" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="2C07F5D1" w14:textId="08905847" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F95DB2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+              <w:t>Detail of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5531">
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7A32">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486E26FF" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="7268EF4C" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A708D30" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE51BD0" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="6AE51BD0" w14:textId="249741B5" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Reference Number(</w:t>
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5531">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7A32">
+              <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A7A32">
               <w:t>Chalani</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A7A32">
               <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="59A3060E" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB136D0" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
@@ -1068,1792 +837,702 @@
           </w:tcPr>
           <w:p w14:paraId="2F909B50" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="23AD4AF0" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E2C378D" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615C0EB6" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="615C0EB6" w14:textId="5CB8AC58" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Total population approved by AEPC for Import:</w:t>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5531">
+              <w:t xml:space="preserve">population </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7A32">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5531">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7A32">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="4692684A" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A20A577" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61789C9F" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B1D6A28" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="627E7E09" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="627E7E09" w14:textId="06ADFB40" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Lot Detail</w:t>
+              <w:t>Detail</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6C6B">
+              <w:t>s of Lot / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="29B602B3" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
               <w:t xml:space="preserve">Lot Number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="60DAF527" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="1196"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="79B7C1DC" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1995131B" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
               <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070AA1CB" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
-          <w:p w14:paraId="3DED97F4" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="3DED97F4" w14:textId="09E5B79D" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t xml:space="preserve">Serial Number: From …………….. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Serial Number: From ……………</w:t>
+            </w:r>
+            <w:r w:rsidR="00B703AE">
+              <w:t>…</w:t>
+            </w:r>
             <w:r w:rsidRPr="002A7A32">
-              <w:t>to</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> ………………………………..</w:t>
+              <w:t xml:space="preserve"> to ……………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EEB2FC0" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
-          <w:p w14:paraId="7F93B6DB" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
-            <w:r w:rsidRPr="002A7A32">
+          <w:p w14:paraId="7F93B6DB" w14:textId="177FA39A" w:rsidR="00F43EC7" w:rsidRPr="003F37B4" w:rsidRDefault="00F43EC7" w:rsidP="00B50E7C">
+            <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Please attach the sheet if necessary</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003F37B4">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please attach the sheet if </w:t>
+            </w:r>
+            <w:r w:rsidR="00B50E7C" w:rsidRPr="003F37B4">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="633A3AE6" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4AFBD446" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0B6BFA" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Total Population( Total </w:t>
+          <w:p w14:paraId="3A0B6BFA" w14:textId="7F35C7C4" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00750FDC" w:rsidP="00F43EC7">
+            <w:r>
+              <w:t>Total Population (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F43EC7" w:rsidRPr="002A7A32">
+              <w:t xml:space="preserve">Total </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A7A32">
-              <w:t>nos</w:t>
+            <w:r w:rsidR="00F43EC7" w:rsidRPr="002A7A32">
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F43EC7" w:rsidRPr="002A7A32">
+              <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A7A32">
+            <w:r w:rsidR="00F43EC7" w:rsidRPr="002A7A32">
               <w:t xml:space="preserve"> of lamp) in a lot:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="5E8E3050" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4BF264AB" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2D0CC92B" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
               <w:t>Principle Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="3D08FB62" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="3D08FB62" w14:textId="77777777" w:rsidTr="007A4D64">
         <w:trPr>
-          <w:trHeight w:val="503"/>
+          <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0FE06806" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2F03646E" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="531A8FBC" w14:textId="1E7E435A" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t xml:space="preserve">Brand : </w:t>
-[...9 lines deleted...]
-              <w:t>Model of Tube:</w:t>
+              <w:t xml:space="preserve">Brand </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4D64">
+              <w:t>/ Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="559E0657" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1CA0C182" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2C6913" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Nominal Power (W) : </w:t>
+          <w:p w14:paraId="68C7D75D" w14:textId="1D5EB70F" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00211D48" w:rsidP="00211D48">
+            <w:r>
+              <w:t>Nominal Power (W)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C7D75D" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
-[...3 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="18E4ADF9" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00211D48" w:rsidRPr="002A7A32" w14:paraId="35550F80" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2A66259A" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
+          <w:p w14:paraId="52BE8E65" w14:textId="77777777" w:rsidR="00211D48" w:rsidRPr="002A7A32" w:rsidRDefault="00211D48" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBD514C" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="73699A65" w14:textId="6DA4A8F7" w:rsidR="00211D48" w:rsidRPr="002A7A32" w:rsidRDefault="00211D48" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Country of Manufacture:</w:t>
+              <w:t>Nominal Voltage (V):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="739A2160" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="17F2E960" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5CEFB907" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="5CEFB907" w14:textId="13623E4B" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00211D48" w:rsidP="00F43EC7">
             <w:r w:rsidRPr="002A7A32">
-              <w:t xml:space="preserve">Date of Manufacture : </w:t>
+              <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="2F39248E" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00562E28" w:rsidRPr="002A7A32" w14:paraId="2F39248E" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFF45ED" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="7AFF45ED" w14:textId="77777777" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002A7A32">
               <w:t>Local Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2A7E39" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="2E2A7E39" w14:textId="15AA74CA" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28">
             <w:r w:rsidRPr="002A7A32">
-              <w:fldChar w:fldCharType="begin">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="0513601E" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00562E28" w:rsidRPr="002A7A32" w14:paraId="0513601E" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3E3C18E1" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
+          <w:p w14:paraId="3E3C18E1" w14:textId="77777777" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2293398B" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="2293398B" w14:textId="474F1F2E" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28">
             <w:r w:rsidRPr="002A7A32">
-              <w:t xml:space="preserve">Name: </w:t>
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="6F39E38F" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00562E28" w:rsidRPr="002A7A32" w14:paraId="6F39E38F" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="535B1179" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
+          <w:p w14:paraId="535B1179" w14:textId="77777777" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="67BA4019" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="67BA4019" w14:textId="416C1196" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28">
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Address:</w:t>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="629F5500" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00562E28" w:rsidRPr="002A7A32" w14:paraId="629F5500" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ADBD50B" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
+          <w:p w14:paraId="1ADBD50B" w14:textId="77777777" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7E88D6A4" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+          <w:p w14:paraId="7E88D6A4" w14:textId="69EB7437" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28">
             <w:r w:rsidRPr="002A7A32">
-              <w:t>Email:</w:t>
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="6D646101" w14:textId="77777777" w:rsidTr="00F43EC7">
-[...21 lines deleted...]
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="5A05513B" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00562E28" w:rsidRPr="002A7A32" w14:paraId="5A05513B" w14:textId="77777777" w:rsidTr="00F43EC7">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3EEA5840" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
+          <w:p w14:paraId="3EEA5840" w14:textId="77777777" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00562E28" w:rsidP="00562E28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4876E0" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
-[...1 lines deleted...]
-              <w:t>Contact Person:</w:t>
+          <w:p w14:paraId="3F4876E0" w14:textId="2305A0CE" w:rsidR="00562E28" w:rsidRPr="002A7A32" w:rsidRDefault="00CC2C32" w:rsidP="00562E28">
+            <w:r>
+              <w:t xml:space="preserve">Telephone / </w:t>
+            </w:r>
+            <w:r w:rsidR="00562E28" w:rsidRPr="002A7A32">
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="06B52760" w14:textId="77777777" w:rsidTr="00F43EC7">
-[...21 lines deleted...]
-      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="3B5DAE46" w14:textId="77777777" w:rsidTr="00F43EC7">
+      <w:tr w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w14:paraId="3B5DAE46" w14:textId="77777777" w:rsidTr="00B8711C">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="132517EA" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="132517EA" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00B8711C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A7A32">
               <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="11132F39" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
           <w:p w14:paraId="28074E90" w14:textId="77777777" w:rsidR="00F43EC7" w:rsidRPr="002A7A32" w:rsidRDefault="00F43EC7" w:rsidP="00F43EC7"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="72126036" w14:textId="77777777" w:rsidR="00A23849" w:rsidRDefault="00A23849" w:rsidP="00202C5A"/>
-    <w:p w14:paraId="14C16DA0" w14:textId="3AC2B944" w:rsidR="00202C5A" w:rsidRPr="00202C5A" w:rsidRDefault="00202C5A" w:rsidP="00202C5A">
+    <w:p w14:paraId="4825E78B" w14:textId="77777777" w:rsidR="001F559E" w:rsidRDefault="001F559E" w:rsidP="00202C5A"/>
+    <w:p w14:paraId="71308E3E" w14:textId="77777777" w:rsidR="001F559E" w:rsidRDefault="00202C5A" w:rsidP="00202C5A">
       <w:r w:rsidRPr="00202C5A">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00610FB8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE5E34">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="05B4CC17" w14:textId="77777777" w:rsidR="001F559E" w:rsidRDefault="001F559E" w:rsidP="00202C5A"/>
+    <w:p w14:paraId="14C16DA0" w14:textId="6ECDDD0D" w:rsidR="00202C5A" w:rsidRPr="00202C5A" w:rsidRDefault="00202C5A" w:rsidP="00202C5A">
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B974553" w14:textId="77777777" w:rsidR="00202C5A" w:rsidRPr="00202C5A" w:rsidRDefault="00202C5A" w:rsidP="00202C5A">
       <w:r w:rsidRPr="00202C5A">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00202C5A">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554B75D1" w14:textId="77777777" w:rsidR="00202C5A" w:rsidRPr="00202C5A" w:rsidRDefault="00202C5A" w:rsidP="00202C5A"/>
-    <w:p w14:paraId="44234F6A" w14:textId="1329E81F" w:rsidR="00DD4C9F" w:rsidRDefault="00610FB8" w:rsidP="00610FB8">
+    <w:p w14:paraId="554B75D1" w14:textId="77777777" w:rsidR="00202C5A" w:rsidRDefault="00202C5A" w:rsidP="00202C5A"/>
+    <w:p w14:paraId="040648F4" w14:textId="77777777" w:rsidR="001F559E" w:rsidRPr="00202C5A" w:rsidRDefault="001F559E" w:rsidP="00202C5A"/>
+    <w:p w14:paraId="44234F6A" w14:textId="6CEA9C99" w:rsidR="00DD4C9F" w:rsidRDefault="00610FB8" w:rsidP="00610FB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2805"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00202C5A" w:rsidRPr="00202C5A">
         <w:t>ignature:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00EE5E34">
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00202C5A" w:rsidRPr="00202C5A">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1046 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="6AA637BA" w14:textId="77777777" w:rsidR="001F559E" w:rsidRDefault="001F559E" w:rsidP="00610FB8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2805"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6323DA93" w14:textId="0F935F71" w:rsidR="003D758C" w:rsidRPr="00DD4C9F" w:rsidRDefault="003D758C" w:rsidP="00F43EC7">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D758C" w:rsidRPr="00DD4C9F" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="108BCB03" w14:textId="77777777" w:rsidR="00C856C0" w:rsidRDefault="00C856C0" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="094BA791" w14:textId="77777777" w:rsidR="00C856C0" w:rsidRDefault="00C856C0" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2865,160 +1544,161 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00707DF2">
+    <w:r w:rsidR="00B60A67">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00707DF2">
+    <w:r w:rsidR="00B60A67">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3A1679EE" w14:textId="77777777" w:rsidR="00C856C0" w:rsidRDefault="00C856C0" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="28E5B52C" w14:textId="77777777" w:rsidR="00C856C0" w:rsidRDefault="00C856C0" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="7A855729" w:rsidR="00551892" w:rsidRPr="000925FB" w:rsidRDefault="000925FB" w:rsidP="000925FB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3055,50 +1735,51 @@
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="45E3164F" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="1BE92A64">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-190500</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6172200" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6172200" cy="0"/>
@@ -3251,147 +1932,147 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3BC24773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89CE2A5A"/>
     <w:lvl w:ilvl="0" w:tplc="2A80CFD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="3C8323F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C8C1E84"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3483,199 +2164,232 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="000925FB"/>
     <w:rsid w:val="000B1E50"/>
+    <w:rsid w:val="0011704E"/>
     <w:rsid w:val="00117302"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001430BE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="00167D0D"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="001C2A37"/>
+    <w:rsid w:val="001F559E"/>
     <w:rsid w:val="00202C5A"/>
+    <w:rsid w:val="00211D48"/>
     <w:rsid w:val="00214C3E"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="002326BA"/>
     <w:rsid w:val="00250D73"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
+    <w:rsid w:val="00270FB7"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="00276B1E"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002A59C3"/>
     <w:rsid w:val="002A7A32"/>
     <w:rsid w:val="002F67AD"/>
+    <w:rsid w:val="00397613"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003D758C"/>
     <w:rsid w:val="003E4C6C"/>
+    <w:rsid w:val="003E6C69"/>
+    <w:rsid w:val="003F37B4"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="0043178E"/>
     <w:rsid w:val="0044009F"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00456D50"/>
     <w:rsid w:val="00467CD6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00543F22"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00562E28"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005C6C6B"/>
     <w:rsid w:val="005D5562"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00610FB8"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00707DF2"/>
     <w:rsid w:val="00712EAD"/>
     <w:rsid w:val="00713D70"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00750FDC"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="007532C9"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="00770AE3"/>
     <w:rsid w:val="00782151"/>
+    <w:rsid w:val="00786ECA"/>
+    <w:rsid w:val="007A4D64"/>
     <w:rsid w:val="00811C61"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="00911608"/>
     <w:rsid w:val="00915337"/>
     <w:rsid w:val="00920B5F"/>
     <w:rsid w:val="009537E3"/>
     <w:rsid w:val="00965180"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A23849"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A8655B"/>
     <w:rsid w:val="00A8759F"/>
+    <w:rsid w:val="00AC42F8"/>
     <w:rsid w:val="00AD1D94"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B35BF9"/>
     <w:rsid w:val="00B4702B"/>
+    <w:rsid w:val="00B50E7C"/>
+    <w:rsid w:val="00B60A67"/>
+    <w:rsid w:val="00B6576E"/>
+    <w:rsid w:val="00B703AE"/>
+    <w:rsid w:val="00B8711C"/>
     <w:rsid w:val="00B87924"/>
     <w:rsid w:val="00B91DF3"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD47E7"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C452A2"/>
     <w:rsid w:val="00C6575E"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00C856C0"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC2C32"/>
+    <w:rsid w:val="00CC5531"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00D206CD"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00DB7897"/>
     <w:rsid w:val="00DD4C9F"/>
     <w:rsid w:val="00E12071"/>
     <w:rsid w:val="00E40A41"/>
     <w:rsid w:val="00E50040"/>
     <w:rsid w:val="00E85B4A"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EC5524"/>
     <w:rsid w:val="00EE5E34"/>
+    <w:rsid w:val="00EF48AB"/>
+    <w:rsid w:val="00F0437D"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F3449B"/>
     <w:rsid w:val="00F43EC7"/>
     <w:rsid w:val="00F7260B"/>
+    <w:rsid w:val="00F77AED"/>
     <w:rsid w:val="00F803C2"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F94140"/>
+    <w:rsid w:val="00F95DB2"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FD750F"/>
     <w:rsid w:val="00FE0302"/>
+    <w:rsid w:val="00FF796C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4572,93 +3286,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F1E801E-8499-4C98-9966-30B27C82777E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BC2E535-1279-47CE-A8AC-DE710D06C540}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2954</Characters>
+  <Pages>2</Pages>
+  <Words>430</Words>
+  <Characters>2457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3466</CharactersWithSpaces>
+  <CharactersWithSpaces>2882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>