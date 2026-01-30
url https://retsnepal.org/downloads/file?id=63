--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -11,3733 +11,4791 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="35014044" w14:textId="77777777" w:rsidR="00552456" w:rsidRDefault="00552456" w:rsidP="00111AB1">
+    <w:p w14:paraId="1D4FB2B1" w14:textId="2AE35323" w:rsidR="002C4E56" w:rsidRPr="00740ECC" w:rsidRDefault="00B73748" w:rsidP="00B90EE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00564E29">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00740ECC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Reception Form of Lamp; PIT / RST</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5179" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3477"/>
-        <w:gridCol w:w="6096"/>
+        <w:gridCol w:w="3529"/>
+        <w:gridCol w:w="6044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="13220530" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="228478B7" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="2FAEB70F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufacturer’s Name (Lamp)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB18D3E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text1"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="1" w:name="Text1"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="312CC8C5" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="6F29106C" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F17BB41" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C777DFC" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text2"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="2" w:name="Text2"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="67F6EA40" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="3082AEB5" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1568044F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="527A14F4" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text3"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="3" w:name="Text3"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="01F6BF95" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="7E50AC9B" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="207515F8" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46D8981F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Website: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text4"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="4" w:name="Text4"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="52ACC98E" w14:textId="77777777" w:rsidTr="00217559">
-[...309 lines deleted...]
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="7BE8AD97" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="3185028A" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77FAC438" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4699BE" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text5"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="3BDA787C" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="3030F31A" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56BF2CEA" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Local Supplier’s Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2B0377" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text6"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="18D7EDE9" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="38DD73D1" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60EB047C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3317F34C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text7"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="7204C520" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="34961CD5" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B0DE29" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76479E70" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Tel / Mobile: </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text8"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="12A0DF62" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="495F991E" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDCF1D0" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2035C1FC" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text30"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="625AB789" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7381F30E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B565426" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77FECB8B" w14:textId="77777777" w:rsidR="00870F65" w:rsidRPr="00870F65" w:rsidRDefault="00870F65" w:rsidP="00217559">
-            <w:r w:rsidRPr="00870F65">
+          <w:p w14:paraId="19E71D95" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04D38D42" w14:textId="77777777" w:rsidR="00870F65" w:rsidRPr="00870F65" w:rsidRDefault="00870F65" w:rsidP="00217559">
-            <w:r w:rsidRPr="00870F65">
+          <w:p w14:paraId="5266A68F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text9"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="10" w:name="Text9"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...86 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
-          <w:p w14:paraId="2CDF6E8D" w14:textId="77777777" w:rsidR="00870F65" w:rsidRPr="00870F65" w:rsidRDefault="00870F65" w:rsidP="00217559">
-            <w:r w:rsidRPr="00870F65">
+          <w:p w14:paraId="47109616" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text11"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="557C810F" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="79E63C16" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3FF20A" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Brand / Model (Lamp)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2935395C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text12"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text37"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text32"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text38"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="47966E5B" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="37CA4069" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109C04A4" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brand / Model (LED)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6AC9BD" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="6D2B732E" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="409E8B73" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text13"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6515D36F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Serial numbers of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="115D3A9E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text13"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="16" w:name="Text14"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="25918CE2" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="4B6B3C7B" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...78 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D58A2A1" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>Lamp Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C63CAE2" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Panel     </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check21"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="17" w:name="Check21"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bulb     </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...213 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Tube-Light    </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...10 lines deleted...]
-                  <w:name w:val="Check11"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="199872EF" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFC289A" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Nominal power of the lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43AE87B1" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text15"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r>
+              <w:t xml:space="preserve"> W, Tolerance: ± </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Text16"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="3F880864" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="087E084E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>THD (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="661144C4" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text35"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="5CE4CED3" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60B6C176" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Power Factor (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E28C39A" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Text36"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="37FF16B3" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50DF535C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operating Voltage Range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="228DE10B" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text17"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:t xml:space="preserve"> V          Maximum: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text18"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="73572492" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5016913E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fixture Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCEC48E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-                  <w:name w:val="Check13"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  E22     </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="24" w:name="Check22"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...8 lines deleted...]
-                  <w:name w:val="Check12"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:t xml:space="preserve">  E27     </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="25" w:name="Check23"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...167 lines deleted...]
-                  <w:name w:val="Check14"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2-Pin Tube    </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...8 lines deleted...]
-                  <w:name w:val="Check22"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 4-Pin Tube</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="701F8A57" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7122DC96" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="617567E4" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check22"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...9 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Voltage   </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check23"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...82 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Temperature  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...8 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text20"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="3A1E49DE" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="050B16C2" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Day/Night Sensor Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1574BA5D" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...1008 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   Found                  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    Not-Found</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="2793C5AC" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37049973" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Separate SPD (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="467F9569" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="2B261657" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1319DE" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diming Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56D4574D" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Yes (1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….Hour, 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rd </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>stage .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>…. Hour, 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour)          </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  No         </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="39573112" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="2E081568" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text27"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F33DAA0" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Inbuilt Surge Handling Capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33570FDB" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text27"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="27" w:name="Text33"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> Hour</w:t>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="1C38EC07" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="5E61EB42" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text28"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="072A1040" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Luminous Yield of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73BE1614" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text28"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="28" w:name="Text21"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r>
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text22"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
+            <w:r>
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text23"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r>
+              <w:t xml:space="preserve"> LPW </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870F65" w:rsidRPr="00870F65" w14:paraId="7981750F" w14:textId="77777777" w:rsidTr="00217559">
+      <w:tr w:rsidR="000B36DF" w14:paraId="2494CDD3" w14:textId="77777777" w:rsidTr="000B36DF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8B35B0" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Luminous Efficacy of single LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1097A4AA" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> LPW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="029483EA" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA8D6BD" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Viewing Angle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17430E9E" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>: Degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="18712843" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16956A8C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CRI Index / Colour Temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D253BB9" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: Ra         </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>: °Kelvin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="5A2DD723" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48225626" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Forward Voltage / Test Current of LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="684FD867" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: V         </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>: mA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="7C7F0D18" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA32CE3" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LED Driver Circuit Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFDCBC5" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="0A4894AB" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31264B54" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2524A7DD" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text25"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r>
+              <w:t xml:space="preserve"> °C           Maximum:  </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Text26"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r>
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="3FE0F417" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C0D42" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B156C1A" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Indoor only       </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="26701890" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3400FD9C" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Life cycles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="250E08B0" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="Text27"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r>
+              <w:t xml:space="preserve"> Hour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="461BD38C" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="356B10DF" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Total Number of LED Used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67731C91" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="Text34"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r>
+              <w:t xml:space="preserve"> PCs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="05A2B1AF" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="348F78C7" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>IP Protection of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1938BD" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="35" w:name="Text28"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="35"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B36DF" w14:paraId="10C5E71C" w14:textId="77777777" w:rsidTr="000B36DF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D874656" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>International Standards fulfilled</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4133C70B" w14:textId="77777777" w:rsidR="00870F65" w:rsidRPr="00870F65" w:rsidRDefault="00870F65" w:rsidP="00217559">
-            <w:r w:rsidRPr="00870F65">
+          <w:p w14:paraId="59A2412F" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:t>(IEC, ISO, Others)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00870F65">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40AB9026" w14:textId="77777777" w:rsidR="000B36DF" w:rsidRDefault="000B36DF">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text29"/>
-            <w:r w:rsidRPr="00870F65">
+            <w:bookmarkStart w:id="36" w:name="Text29"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00870F65">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="30"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1586E833" w14:textId="77777777" w:rsidR="002C4E56" w:rsidRDefault="002C4E56" w:rsidP="00111AB1"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="775EA272" w14:textId="77777777" w:rsidR="002C4E56" w:rsidRDefault="002C4E56" w:rsidP="00111AB1"/>
+    <w:p w14:paraId="775EA272" w14:textId="77777777" w:rsidR="002C4E56" w:rsidRPr="001F10ED" w:rsidRDefault="002C4E56" w:rsidP="00111AB1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="68279977" w14:textId="3540830E" w:rsidR="00111AB1" w:rsidRPr="005065B2" w:rsidRDefault="00C93430" w:rsidP="00111AB1">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00111AB1" w:rsidRPr="005065B2">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="002C4E56">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00111AB1" w:rsidRPr="005065B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52376663" w14:textId="77777777" w:rsidR="00111AB1" w:rsidRPr="005065B2" w:rsidRDefault="00111AB1" w:rsidP="00111AB1"/>
-    <w:p w14:paraId="325FBCFB" w14:textId="77777777" w:rsidR="00111AB1" w:rsidRPr="005065B2" w:rsidRDefault="00111AB1" w:rsidP="00111AB1">
+    <w:p w14:paraId="52376663" w14:textId="77777777" w:rsidR="00111AB1" w:rsidRPr="001F10ED" w:rsidRDefault="00111AB1" w:rsidP="00111AB1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E7D0E3" w14:textId="77777777" w:rsidR="001F10ED" w:rsidRDefault="00111AB1" w:rsidP="00111AB1">
       <w:r w:rsidRPr="005065B2">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005065B2">
-[...4 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="325FBCFB" w14:textId="554551AE" w:rsidR="00111AB1" w:rsidRPr="005065B2" w:rsidRDefault="00111AB1" w:rsidP="00111AB1">
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005065B2">
@@ -3779,110 +4837,117 @@
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="005065B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="5093FE62" w14:textId="77777777" w:rsidR="00DB7758" w:rsidRDefault="00DB7758" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="13AB6E09" w14:textId="77777777" w:rsidR="00DB7758" w:rsidRDefault="00DB7758" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="1EE93191" w14:textId="77777777" w:rsidR="00A81D22" w:rsidRDefault="00A81D22">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
@@ -3911,133 +4976,133 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008B19DD">
+    <w:r w:rsidR="00740ECC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008B19DD">
+    <w:r w:rsidR="00740ECC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="71197790" w14:textId="77777777" w:rsidR="00A81D22" w:rsidRDefault="00A81D22">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="2FC7FB50" w14:textId="77777777" w:rsidR="00DB7758" w:rsidRDefault="00DB7758" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0BB7755C" w14:textId="77777777" w:rsidR="00DB7758" w:rsidRDefault="00DB7758" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="39AB2AEC" w14:textId="77777777" w:rsidR="00A81D22" w:rsidRDefault="00A81D22">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="09E74D7D" w:rsidR="00551892" w:rsidRDefault="005F15F3" w:rsidP="00D0549E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
@@ -4053,50 +5118,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4135,50 +5201,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/03/03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="53F6A5A2" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="769B04D2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-104775</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>207010</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6086475" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6086475" cy="0"/>
@@ -4281,52 +5348,50 @@
       </w:rPr>
       <w:t>TCH</w:t>
     </w:r>
     <w:r w:rsidR="00436021">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/LAMP/RFL</w:t>
     </w:r>
     <w:r w:rsidR="002C4E56">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>PIT&amp;RST</w:t>
     </w:r>
-    <w:bookmarkStart w:id="31" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="31"/>
     <w:r w:rsidR="00A81D22">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/004</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
@@ -4459,170 +5524,183 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="000B36DF"/>
     <w:rsid w:val="000F613E"/>
     <w:rsid w:val="00111AB1"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="001939BA"/>
+    <w:rsid w:val="001F10ED"/>
+    <w:rsid w:val="0020778B"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002C4E56"/>
     <w:rsid w:val="002D40D9"/>
+    <w:rsid w:val="00317652"/>
     <w:rsid w:val="003500DB"/>
+    <w:rsid w:val="00377FD5"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="00436021"/>
+    <w:rsid w:val="00437D9C"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="005065B2"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="00552456"/>
     <w:rsid w:val="00564E29"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F15F3"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00651F1B"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00740ECC"/>
     <w:rsid w:val="00750BEA"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="008405A6"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00870F65"/>
     <w:rsid w:val="008B19DD"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008D3A4B"/>
+    <w:rsid w:val="0093483D"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A81D22"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B73748"/>
+    <w:rsid w:val="00B90EE5"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C12E7A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C93430"/>
+    <w:rsid w:val="00CA476A"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D0549E"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00DB7758"/>
+    <w:rsid w:val="00DC1D47"/>
     <w:rsid w:val="00DD6A8C"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F1161E"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5217,50 +6295,78 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="721517196">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2095541742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -5534,78 +6640,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F490347A-3BD1-4D8B-9687-D0CF4B076AA3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BC1CFBA-8DD2-4C44-B370-03A1115640AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2306</Characters>
+  <Pages>1</Pages>
+  <Words>442</Words>
+  <Characters>2520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2705</CharactersWithSpaces>
+  <CharactersWithSpaces>2957</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>