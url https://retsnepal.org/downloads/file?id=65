--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,2858 +7,3413 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="60F85679" w14:textId="0671C81C" w:rsidR="00137C7B" w:rsidRPr="0040684B" w:rsidRDefault="00890088" w:rsidP="005023A3">
+    <w:p w14:paraId="36F68CF1" w14:textId="687CC5FA" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00357AB4" w:rsidP="002365B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00890088">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Reception Form for Observation Test of Inverter</w:t>
+        <w:t xml:space="preserve">Reception Form for </w:t>
+      </w:r>
+      <w:r w:rsidR="00890088" w:rsidRPr="00890088">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00890088" w:rsidRPr="00890088">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Battery </w:t>
+      </w:r>
+      <w:r w:rsidR="00890088" w:rsidRPr="00890088">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Inverter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4853" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3427"/>
-        <w:gridCol w:w="5543"/>
+        <w:gridCol w:w="3264"/>
+        <w:gridCol w:w="5978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="57A31E61" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="57A31E61" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="16ECC190" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="13CA6C22" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="2EF04FC6" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="2EF04FC6" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D15AC3" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2593B76B" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00A15ECA">
+          <w:p w14:paraId="2593B76B" w14:textId="1C6F314A" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="009F358A" w:rsidP="00126F69">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text32"/>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69A4FA70" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69A4FA70" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="543138D8" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F5E8F1B" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text33"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="34774639" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="34774639" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="79288FCC" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242181A4" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00A15ECA">
+          <w:p w14:paraId="242181A4" w14:textId="7477931E" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="009F358A" w:rsidP="00126F69">
+            <w:r>
               <w:t>Website:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text34"/>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A15ECA" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="3024BC56" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="3024BC56" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5ECDC3C9" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECDC3C9" w14:textId="7A264696" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Local Supplier</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:r w:rsidR="00B12EAA">
+              <w:t xml:space="preserve"> (who bring)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="16DCD003" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="38FD340C" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w14:paraId="38FD340C" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5A0065" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="0C5A0065" w14:textId="77777777" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73CDCB4D" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00A15ECA">
+          <w:p w14:paraId="73CDCB4D" w14:textId="6CEC2501" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="0C97E231" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w14:paraId="0C97E231" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64C27990" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="64C27990" w14:textId="77777777" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BE74EA" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="13BE74EA" w14:textId="77777777" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="1BEF54FE" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w14:paraId="1BEF54FE" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39CD3995" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="39CD3995" w14:textId="77777777" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1126E36C" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Tel: </w:t>
+          <w:p w14:paraId="1126E36C" w14:textId="0FFAB48C" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="457BE098" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w14:paraId="6EDEFA53" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0248A389" w14:textId="77777777" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="37B67CD0" w14:textId="23DA9F95" w:rsidR="00FD43C4" w:rsidRPr="00A15ECA" w:rsidRDefault="00FD43C4" w:rsidP="00126F69">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text243"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text243"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="457BE098" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="479C54F0" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="53734BA9" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="092A6F62" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="092A6F62" w14:textId="26DE7D82" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3BFFC60A" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+              <w:t xml:space="preserve">  Locally a</w:t>
+            </w:r>
+            <w:r w:rsidR="003F25CB">
+              <w:t xml:space="preserve">ssembled with CKD and SKD parts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>imported</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BFFC60A" w14:textId="7BC5FDCD" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...15 lines deleted...]
-          <w:p w14:paraId="0966252F" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+            <w:r w:rsidR="00DB317F">
+              <w:t xml:space="preserve">  Imported from …………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAD32A0" w14:textId="380721FC" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="005F39A6">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Locally purchased from …………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EAD32A0" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-[...3 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69BC59F0" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69BC59F0" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3C63F119" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="612529AA" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="00D448F9" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="00D448F9" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="79D33DB3" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Serial No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="37F30359" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="21815208" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="21815208" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3FB36279" w14:textId="119B980D" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r>
               <w:t>Type of Inverter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FD5A0A9" w14:textId="1924EFBC" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD5A0A9" w14:textId="420DB442" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r w:rsidR="00A55DCE">
+              <w:t xml:space="preserve"> Off-</w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Off- Grid    </w:t>
+              <w:t xml:space="preserve">Grid    </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5734">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D21C87">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5734">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...55 lines deleted...]
-                  <w:name w:val="Check6"/>
+            <w:r w:rsidR="00A55DCE">
+              <w:t xml:space="preserve"> Hybrid        </w:t>
+            </w:r>
+            <w:r w:rsidR="00D21C87">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55DCE" w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00A55DCE" w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...107 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidR="00A55DCE" w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00A55DCE">
+              <w:t xml:space="preserve"> Bidirectional</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="4F1C1B0A" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B72F8C" w:rsidRPr="00A15ECA" w14:paraId="5F12A536" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...667 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ADFF80" w14:textId="34B9C03A" w:rsidR="00B72F8C" w:rsidRDefault="00B72F8C" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Charging Priority</w:t>
+            </w:r>
+            <w:r w:rsidR="009842DF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(for hybrid)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2F9276" w14:textId="3E0AB18F" w:rsidR="00B72F8C" w:rsidRPr="00243804" w:rsidRDefault="00137264" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...52 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Solar          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...10 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> AC Mains          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...10 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Other…………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="3A588FF1" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B00318D" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Nominal battery voltage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0179D7CD" w14:textId="00C56B91" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="001C6E19" w:rsidP="00126F69">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text237"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text237"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t xml:space="preserve"> V DC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="4F1C1B0A" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7296DA6E" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Input voltage range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20469703" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Other</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">  From ….V DC               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  To ….V DC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1569C746" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="3AD01060" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...26 lines deleted...]
-                  <w:name w:val="Text228"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04463D61" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output voltage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="Text238"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD778D" w14:textId="2ACA04E5" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="003E2889" w:rsidP="00126F69">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text238"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...27 lines deleted...]
-                  <w:name w:val="Text230"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:t>V AC</w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:t>, Tolerance: ±</w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text239"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="006D5065">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="006D5065">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...21 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="006D5065">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5065">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006D5065">
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="0B01CA66" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7AB933EB" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...15 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B10F689" w14:textId="6DF9CFD8" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Ef</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57658">
+              <w:t>ficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CEC06F" w14:textId="5641D184" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57658">
+              <w:t xml:space="preserve"> @ </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57658" w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">resistive </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57658">
+              <w:t xml:space="preserve">full </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57658" w:rsidRPr="00A15ECA">
+              <w:t>load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="169FC21E" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E09B728" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output frequency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C44BE1" w14:textId="76C9EEFE" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Hz</w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:t>, Tolerance: ±</w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text239"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text239"/>
+            <w:r w:rsidR="00742EEB">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00742EEB">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidR="00742EEB">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7FB3775A" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E6C867" w14:textId="14815175" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00512379" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Total Harmonic D</w:t>
+            </w:r>
+            <w:r w:rsidR="002174A9">
+              <w:t>istortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A2C02D" w14:textId="2AA0CF6A" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5CE7">
+              <w:t xml:space="preserve"> @ full load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="2B6F12A7" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F6C563" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Nominal power</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="7" w:name="Text225"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFF2D05" w14:textId="1B20C5E5" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text225"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text241"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text241"/>
+            <w:r w:rsidR="009672FF">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text226"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidR="00715D1B">
+              <w:t xml:space="preserve"> W,</w:t>
+            </w:r>
+            <w:r w:rsidR="00715D1B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text226"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text242"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text242"/>
+            <w:r w:rsidR="009672FF">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009672FF">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>VA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1A39D33F" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2B51A1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum Input Current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE779D6" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(DC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="5C82426B" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3769DCD2" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum load current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="11" w:name="Text227"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73494252" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(AC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="737B3F15" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3ADBD1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Power factor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="490F8557" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="3ED8CE9F" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2FF8B8" w14:textId="5FFE0544" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Self-consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="12" w:name="Text228"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D65A0DA" w14:textId="53D78A73" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text228"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>mA</w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text240"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text240"/>
+            <w:r w:rsidR="00663938">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663938">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="00663938">
+              <w:t xml:space="preserve"> W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="16CCA1C0" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C85343E" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00C463F8">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Built-in indicators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27405DE0" w14:textId="7BE1E9C7" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...7 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidR="00C463F8">
+              <w:t xml:space="preserve">  Main    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Reverse polarity on DC input terminals</w:t>
-[...6 lines deleted...]
-                  <w:name w:val="Check22"/>
+              <w:t xml:space="preserve">  Charging</w:t>
+            </w:r>
+            <w:r w:rsidR="00C463F8">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...162 lines deleted...]
-                  <w:name w:val="Check24"/>
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00C463F8">
+              <w:t xml:space="preserve">  Inverter ON   </w:t>
+            </w:r>
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...130 lines deleted...]
-                  <w:name w:val="Check25"/>
+            <w:r w:rsidR="00C463F8" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00C463F8">
+              <w:t xml:space="preserve">  Overload</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B5E2C0B" w14:textId="2D2048CE" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00C463F8" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...1 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Short Circuit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Othe</w:t>
+            </w:r>
+            <w:r w:rsidR="00581181">
+              <w:t>r</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00581181">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:t>…………….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="42EDE246" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1569C746" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1BB902B6" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4366110D" w14:textId="59CF6BB4" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00A33AB0" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Low Battery Shut Down</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA8F272" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Load disconnect (LVD) at:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text228"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text230"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text230"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="0B01CA66" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E8354" w14:textId="129E113F" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00F9329E" w:rsidP="00F66394">
+            <w:r>
+              <w:t>Protection A</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23367" w:rsidRPr="00A15ECA">
+              <w:t>gainst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D0D826" w14:textId="48E9931A" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Indoor only</w:t>
-[...6 lines deleted...]
-                  <w:name w:val="Check19"/>
+              <w:t xml:space="preserve">  Short ci</w:t>
+            </w:r>
+            <w:r w:rsidR="00F66394">
+              <w:t>rcuit of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> output terminals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78011134" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Reverse polarity on DC input terminals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373518B6" w14:textId="38DC0BBB" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00341D0C">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Overload, over temperature</w:t>
+            </w:r>
+            <w:r w:rsidR="00341D0C">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00341D0C">
+              <w:t xml:space="preserve">  Other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00341D0C">
+              <w:t>:.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>……………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7202BD4A" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="23E826B0" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...15 lines deleted...]
-                  <w:name w:val="Text234"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBE5B15" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B91F07" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Minimum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text228"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:rPr>
-[...38 lines deleted...]
-                  <w:name w:val="Text236"/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:tab/>
+              <w:t xml:space="preserve">Maximum:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text233"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text233"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-              <w:t>meters</w:t>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="6E506035" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="27155337" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> Years</w:t>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C20EAEF" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>AC Charging</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E180C2" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Yes           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="77D8C1E6" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="45923F08" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C87D07C" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78263C6B" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Temperature compensation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE8D419" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Yes  ( </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text234"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text234"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> mV/°C/cell)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181DAD68" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="42EDE246" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1688DDFD" w14:textId="6A0BB0AC" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="0035342A" w:rsidP="00126F69">
+            <w:r>
+              <w:t>IP Protection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A9C4C1" w14:textId="0D597274" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="005C1CE9">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="0035342A">
+              <w:t xml:space="preserve"> IP21</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1CE9">
+              <w:t xml:space="preserve"> (according to IEC60529)</w:t>
+            </w:r>
+            <w:r w:rsidR="0029639A">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B67A24">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005C1CE9">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7202BD4A" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0E802E" w14:textId="27AC4C3C" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="001406F3" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Noise produced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="36583C01" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text234"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">dB at a distance of </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text236"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text236"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>meters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="6E506035" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E24B24C" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Warranty Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D8F58A" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="77D8C1E6" w14:textId="77777777" w:rsidTr="009842DF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C87D07C" w14:textId="55103807" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Additional description</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:r w:rsidR="009842DF">
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2155E902" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1C13BA5F" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1C13BA5F" w14:textId="77777777" w:rsidTr="009842DF">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51937C08" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="220A12E7" w14:textId="69E20DC0" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00D203EE">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>International Standards fulfilled</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="220A12E7" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidR="00D203EE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t>(IEC, ISO, Others)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7783F325" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69"/>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5426AAEF" w14:textId="77777777" w:rsidR="00B95C78" w:rsidRDefault="003E79EB" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> IEC 62109-1:2010</w:t>
+            </w:r>
+            <w:r w:rsidR="00B95C78">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B95C78" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B95C78" w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B95C78" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00B95C78">
+              <w:t xml:space="preserve"> ISO …………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7783F325" w14:textId="214C86EA" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00B95C78" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others …………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="003E79EB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7627E025" w14:textId="1FD69431" w:rsidR="00EE4A43" w:rsidRDefault="00EE4A43" w:rsidP="00137C7B">
+    <w:p w14:paraId="7627E025" w14:textId="1FD69431" w:rsidR="00EE4A43" w:rsidRPr="00D36186" w:rsidRDefault="00EE4A43" w:rsidP="00D36186">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="39D78C34" w14:textId="650201AE" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00F22E11" w:rsidP="00A0101D">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="0072402F">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2A715F" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D"/>
-    <w:p w14:paraId="004C121F" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D">
+    <w:p w14:paraId="004C121F" w14:textId="4F7686CC" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F22E11">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="015FE31E" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D"/>
-    <w:p w14:paraId="56989DB0" w14:textId="19075C8F" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00F22E11" w:rsidP="00A0101D">
+    <w:p w14:paraId="653780BC" w14:textId="22E24E57" w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidRDefault="00F22E11" w:rsidP="005C1BCF">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="0072402F">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9CB31B" w14:textId="77777777" w:rsidR="00EE4A43" w:rsidRPr="00A0101D" w:rsidRDefault="00EE4A43" w:rsidP="00EE4A43"/>
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidSect="000856AA">
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidSect="00E72079">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1444" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
+      <w:pgMar w:top="1282" w:right="1440" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="36BD8BBE" w14:textId="77777777" w:rsidR="008A1412" w:rsidRDefault="008A1412" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3C26CD70" w14:textId="77777777" w:rsidR="008A1412" w:rsidRDefault="008A1412" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2877,163 +3432,164 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004733B8">
+    <w:r w:rsidR="00D36186">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004733B8">
+    <w:r w:rsidR="00D36186">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="2C4C1331" w14:textId="77777777" w:rsidR="008A1412" w:rsidRDefault="008A1412" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0FCAFA05" w14:textId="77777777" w:rsidR="008A1412" w:rsidRDefault="008A1412" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="21DAF27B" w:rsidR="00551892" w:rsidRPr="0096160E" w:rsidRDefault="0096160E" w:rsidP="0096160E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8325"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                        </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="679523C2" wp14:editId="5F89C9D4">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3071,50 +3627,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/01/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="03024245" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="21ADEAC3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-161925</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>207010</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5895975" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5895975" cy="0"/>
@@ -3362,167 +3919,219 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="000856AA"/>
+    <w:rsid w:val="000B5734"/>
+    <w:rsid w:val="00101797"/>
+    <w:rsid w:val="001018AA"/>
+    <w:rsid w:val="00137264"/>
     <w:rsid w:val="00137C7B"/>
+    <w:rsid w:val="001406F3"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="001C6E19"/>
+    <w:rsid w:val="002174A9"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="00234410"/>
+    <w:rsid w:val="002365B2"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="0029639A"/>
     <w:rsid w:val="002A525D"/>
+    <w:rsid w:val="00341D0C"/>
+    <w:rsid w:val="0035342A"/>
+    <w:rsid w:val="00357AB4"/>
     <w:rsid w:val="003A149E"/>
+    <w:rsid w:val="003B2B0C"/>
+    <w:rsid w:val="003C5CE7"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
+    <w:rsid w:val="003E2889"/>
     <w:rsid w:val="003E4C6C"/>
+    <w:rsid w:val="003E79EB"/>
+    <w:rsid w:val="003F25CB"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="0040684B"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="004733B8"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004F1D0D"/>
     <w:rsid w:val="005023A3"/>
+    <w:rsid w:val="00512379"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00581181"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005C1BCF"/>
+    <w:rsid w:val="005C1CE9"/>
     <w:rsid w:val="005E241C"/>
+    <w:rsid w:val="005F39A6"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="00663938"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006D5065"/>
     <w:rsid w:val="00703C58"/>
+    <w:rsid w:val="00715D1B"/>
     <w:rsid w:val="0072402F"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00742EEB"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007E62A6"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="00836362"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00885020"/>
     <w:rsid w:val="00890088"/>
+    <w:rsid w:val="008A1412"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="0096160E"/>
+    <w:rsid w:val="00961AA7"/>
+    <w:rsid w:val="009672FF"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009842DF"/>
+    <w:rsid w:val="009F358A"/>
     <w:rsid w:val="00A0101D"/>
+    <w:rsid w:val="00A05BE5"/>
     <w:rsid w:val="00A15ECA"/>
+    <w:rsid w:val="00A33AB0"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A55DCE"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00B0674E"/>
+    <w:rsid w:val="00B07CF3"/>
+    <w:rsid w:val="00B12EAA"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B67A24"/>
+    <w:rsid w:val="00B72F8C"/>
     <w:rsid w:val="00B911FD"/>
+    <w:rsid w:val="00B95C78"/>
     <w:rsid w:val="00BC0933"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C463F8"/>
     <w:rsid w:val="00C776C3"/>
+    <w:rsid w:val="00C903EE"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00D203EE"/>
+    <w:rsid w:val="00D21C87"/>
     <w:rsid w:val="00D23483"/>
+    <w:rsid w:val="00D36186"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00DB317F"/>
+    <w:rsid w:val="00E038B8"/>
     <w:rsid w:val="00E0543A"/>
     <w:rsid w:val="00E23367"/>
+    <w:rsid w:val="00E57658"/>
+    <w:rsid w:val="00E72079"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EE4A43"/>
     <w:rsid w:val="00F22E11"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F66394"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F9329E"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
+    <w:rsid w:val="00FD43C4"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4434,78 +5043,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19A15C81-A809-4C85-B7FE-CA9CE030A599}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AACB4DB-4FB8-450B-B779-AE64DC026AD5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2372</Characters>
+  <Pages>1</Pages>
+  <Words>427</Words>
+  <Characters>2438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2782</CharactersWithSpaces>
+  <CharactersWithSpaces>2860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>