--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -21,87 +21,96 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="3F75979A" w14:textId="77777777" w:rsidR="00173A2E" w:rsidRDefault="00173A2E" w:rsidP="00BF7FC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="224F7697" w14:textId="783FF62F" w:rsidR="00137C7B" w:rsidRPr="00D4602F" w:rsidRDefault="00D4602F" w:rsidP="00BF7FC3">
+    <w:p w14:paraId="224F7697" w14:textId="681D2E0B" w:rsidR="00137C7B" w:rsidRPr="00D4602F" w:rsidRDefault="00D4602F" w:rsidP="00BF7FC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4602F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form for Random Sampling Test of</w:t>
       </w:r>
       <w:r w:rsidR="00F16CDE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00AD53C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Battery</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D4602F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Solar Inverter</w:t>
+        <w:t xml:space="preserve"> Inverter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00D4602F" w:rsidRDefault="00137C7B" w:rsidP="00D4602F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-40"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -184,2454 +193,1416 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00845C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B54A1F" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00845C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="52C1D5E3" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BEDBE6" w14:textId="1138EA5E" w:rsidR="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00845C46">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71374718" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="00636B64">
+        <w:t>/population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C46">
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith.</w:t>
+      </w:r>
+      <w:r w:rsidR="00636B64">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C46">
+        <w:t xml:space="preserve">Therefore, we hereby request you to collect random samples for testing according to </w:t>
+      </w:r>
+      <w:r w:rsidR="00636B64">
+        <w:t>NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0097705E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6206BD07" w14:textId="21E78C50" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...59 lines deleted...]
-    <w:p w14:paraId="3A29A5DE" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00845C46">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BF64EC" w14:textId="77777777" w:rsidR="00FB7F5A" w:rsidRPr="00FB7F5A" w:rsidRDefault="00FB7F5A" w:rsidP="00FB7F5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845C46">
-[...3 lines deleted...]
-    <w:p w14:paraId="6ACD0DFD" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t xml:space="preserve">Duly filled Reception form </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508F9038" w14:textId="77777777" w:rsidR="00FB7F5A" w:rsidRPr="00FB7F5A" w:rsidRDefault="00FB7F5A" w:rsidP="00FB7F5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845C46">
-[...3 lines deleted...]
-    <w:p w14:paraId="579E82AB" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t xml:space="preserve">Compliance declaration letter from manufacturer for the battery inverter, with provision 1.5.3 of NEPQA-2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9C900F" w14:textId="77777777" w:rsidR="00FB7F5A" w:rsidRPr="00FB7F5A" w:rsidRDefault="00FB7F5A" w:rsidP="00FB7F5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845C46">
-[...3 lines deleted...]
-    <w:p w14:paraId="7707B95A" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t>IEC 62109-1:2010-Part 1 certificate for the Bi-Directional Inverter above 5kVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474F4F83" w14:textId="77777777" w:rsidR="00FB7F5A" w:rsidRPr="00FB7F5A" w:rsidRDefault="00FB7F5A" w:rsidP="00FB7F5A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845C46">
-[...15 lines deleted...]
-    <w:p w14:paraId="11153F4E" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t>Document of agreement between local importer and principal inverter manufacturer, signed and stamped by authorized persons stating the warranty period</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACD0DFD" w14:textId="2B07B55F" w:rsidR="00845C46" w:rsidRPr="00FB7F5A" w:rsidRDefault="00FB7F5A" w:rsidP="00B0599E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845C46">
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t>In case of local manufacturer, declaration of warranty in their letter head signed and stamped by authorized person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579E82AB" w14:textId="6BC21469" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00845C46">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="0093118A">
+        <w:t xml:space="preserve"> with RETS format)) and hard copy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7707B95A" w14:textId="15466191" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00845C46">
-        <w:t>We further assure that we will not claim the subsidy at AEPC for the failed products.</w:t>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t>Copy of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C453E4">
+        <w:t xml:space="preserve"> valid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C46">
+        <w:t xml:space="preserve"> PIT Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2B3513" w14:textId="77777777" w:rsidR="00B0599E" w:rsidRDefault="00B0599E" w:rsidP="00845C46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00FB7F5A">
+        <w:t>Catalogue and technical datasheet of Battery Inverter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C46">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772A3DD1" w14:textId="6AD0D853" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7F654AAE" w14:textId="77777777" w:rsidR="004B528B" w:rsidRDefault="004B528B" w:rsidP="00845C46">
+      <w:r w:rsidRPr="00845C46">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681B8655" w14:textId="77777777" w:rsidR="00124B1B" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00845C46">
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65771">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65771" w:rsidRPr="00F65771">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43034512" w14:textId="4CC90CDA" w:rsidR="00845C46" w:rsidRDefault="00845C46" w:rsidP="00124B1B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00845C46">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEEFE7A" w14:textId="77777777" w:rsidR="004B528B" w:rsidRPr="00845C46" w:rsidRDefault="004B528B" w:rsidP="00845C46">
-[...4 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6F7DAE02" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:r w:rsidRPr="00845C46">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
         <w:t>Company Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43898733" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46"/>
-    <w:p w14:paraId="0E148EC4" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
+    <w:p w14:paraId="45B5A382" w14:textId="25ABA362" w:rsidR="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:r w:rsidRPr="00845C46">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00845C46">
-[...6 lines deleted...]
-    <w:p w14:paraId="45B5A382" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46"/>
+    </w:p>
+    <w:p w14:paraId="6F3E86DF" w14:textId="77777777" w:rsidR="00124B1B" w:rsidRPr="00845C46" w:rsidRDefault="00124B1B" w:rsidP="00845C46"/>
     <w:p w14:paraId="644E95CE" w14:textId="77777777" w:rsidR="00845C46" w:rsidRPr="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:r w:rsidRPr="00845C46">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00845C46">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D5E909" w14:textId="77777777" w:rsidR="00845C46" w:rsidRDefault="00845C46" w:rsidP="00845C46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AA58588" w14:textId="77777777" w:rsidR="004B528B" w:rsidRDefault="004B528B" w:rsidP="004B528B">
+    <w:p w14:paraId="4AA58588" w14:textId="77777777" w:rsidR="004B528B" w:rsidRPr="00DD0A24" w:rsidRDefault="004B528B" w:rsidP="004B528B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2310"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F09F152" w14:textId="1B7DD1F4" w:rsidR="00137C7B" w:rsidRDefault="009F2FAE" w:rsidP="004B528B">
+    <w:p w14:paraId="5F09F152" w14:textId="01819768" w:rsidR="00137C7B" w:rsidRPr="00DD0A24" w:rsidRDefault="009F2FAE" w:rsidP="004B528B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2310"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004702F6">
+      <w:r w:rsidRPr="00DD0A24">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Lot Information Form for Random Sampling Test of Solar Inverter</w:t>
+        <w:t>Lot Information Form f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD23DA" w:rsidRPr="00DD0A24">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>or Random Sampling Test of Battery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0A24">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inverter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648F71B1" w14:textId="77777777" w:rsidR="004702F6" w:rsidRPr="004702F6" w:rsidRDefault="004702F6" w:rsidP="009F2FAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2310"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4941" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2077"/>
-        <w:gridCol w:w="7056"/>
+        <w:gridCol w:w="2537"/>
+        <w:gridCol w:w="6596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="474EAB78" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="474EAB78" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
-          <w:trHeight w:val="872"/>
+          <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
-[...4 lines deleted...]
-              <w:t>Component</w:t>
+            <w:tcW w:w="1389" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CEF768" w14:textId="1A4568D8" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00DA4CEB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Type of Inverter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F7B62">
+            <w:tcW w:w="3611" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17237BBC" w14:textId="33232A87" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="006A54CD">
+            <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001F7B62">
+            <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001F7B62">
+            <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001F7B62">
-              <w:t xml:space="preserve"> Solar Inverter    </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> Off-Grid          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Hybrid          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00243804">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Bidirectional</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1569CE7E" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
-[...4 lines deleted...]
-          <w:p w14:paraId="17237BBC" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="7E9EB320" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="7E9EB320" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30150212" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
-[...1 lines deleted...]
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+          <w:p w14:paraId="30150212" w14:textId="1FB8D357" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00BC78E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Detail of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="30FD4076" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FD4076" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="0F6F147C" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="0F6F147C" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294ABEAC" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Reference Number(</w:t>
+          <w:p w14:paraId="294ABEAC" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3381A3A1" w14:textId="400E72B5" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00D078EC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F7B62">
               <w:t>Chalani</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="245A342D" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="245A342D" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="337186FB" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="25540BEC" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="337186FB" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25540BEC" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="7C321DFB" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="7C321DFB" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33907B37" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Total population approved by AEPC for Import:</w:t>
+          <w:p w14:paraId="33907B37" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D3B0CA" w14:textId="51C37C89" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00D078EC" w:rsidP="00D84D58">
+            <w:r>
+              <w:t xml:space="preserve">Total population </w:t>
+            </w:r>
+            <w:r w:rsidR="00A003DF" w:rsidRPr="001F7B62">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00A003DF" w:rsidRPr="001F7B62">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="20C3A788" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="20C3A788" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29B515E7" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
-[...1 lines deleted...]
-              <w:t>Lot Details</w:t>
+          <w:p w14:paraId="29B515E7" w14:textId="081AD03B" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00B35F0A" w:rsidP="00BC78E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Details of </w:t>
+            </w:r>
+            <w:r w:rsidR="00A003DF" w:rsidRPr="001F7B62">
+              <w:t>Lot</w:t>
+            </w:r>
+            <w:r w:rsidR="00685560">
+              <w:t xml:space="preserve"> / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2316122A" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2316122A" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="45B458D7" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="45B458D7" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFED0D2" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="269DB58C" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="0CFED0D2" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269DB58C" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve">Brand : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B4A8A9D" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="0B4A8A9D" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve">Model : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="5D570839" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="5D570839" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32C1059A" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3200A217" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="32C1059A" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3200A217" w14:textId="3D101C61" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve">Nominal Capacity (W/VA): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text225"/>
+            <w:bookmarkStart w:id="0" w:name="Text225"/>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text225"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="001F7B62">
+            <w:bookmarkStart w:id="1" w:name="Text226"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="005A3340">
               <w:t xml:space="preserve"> W</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F7B62">
+            <w:r w:rsidR="005A3340">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="001F7B62">
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="Text226"/>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text226"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="005A3340">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001F7B62">
               <w:t>VA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="6AB0B98B" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="6AB0B98B" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE35190" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Batch No:</w:t>
+          <w:p w14:paraId="6EE35190" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BCFFDE" w14:textId="5B5A4BC2" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Batch No</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE08CD">
+              <w:t xml:space="preserve"> (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="7B38758C" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="7B38758C" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18CAF7CB" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3D90E89C" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="18CAF7CB" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D90E89C" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>Lot No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="2A0C33B0" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="2A0C33B0" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="400263A3" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="36B52DB8" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="400263A3" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B52DB8" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FA7CCF3" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="5FA7CCF3" w14:textId="683E719C" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve">Serial Number: From …………….. </w:t>
             </w:r>
+            <w:r w:rsidR="00951C5A">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001F7B62">
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="001F7B62">
-              <w:t xml:space="preserve"> ………………………………..</w:t>
+            <w:r w:rsidR="00951C5A">
+              <w:t>…………………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="436E6FB4" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-          <w:p w14:paraId="7EC015AB" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="436E6FB4" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+          <w:p w14:paraId="7EC015AB" w14:textId="0CD4675C" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00341E01" w:rsidP="00D84D58">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F7B62">
-[...3 lines deleted...]
-              <w:t>Please attach the sheet if necessary</w:t>
+            <w:r w:rsidRPr="00044B79">
+              <w:t>Plea</w:t>
+            </w:r>
+            <w:r>
+              <w:t>se attach the sheet if not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="0CE1BF36" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="0CE1BF36" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127B670" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="5B8EB5CF" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="3127B670" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8EB5CF" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="17DD8026" w14:textId="77777777" w:rsidTr="00D84D58">
-[...23 lines deleted...]
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="5ECE097A" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00A003DF" w:rsidRPr="001F7B62" w14:paraId="5ECE097A" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2789F65E" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="72BD2F57" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="2789F65E" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BD2F57" w14:textId="77777777" w:rsidR="00A003DF" w:rsidRPr="001F7B62" w:rsidRDefault="00A003DF" w:rsidP="00D84D58">
             <w:r w:rsidRPr="001F7B62">
               <w:t xml:space="preserve">Total Population (total no. of Inverters) in a lot: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="44B01938" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="005551D9" w:rsidRPr="001F7B62" w14:paraId="44B01938" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="214E6450" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58">
+          <w:p w14:paraId="214E6450" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00BC78E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="001F7B62">
               <w:t>Local Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576B267B" w14:textId="46922801" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="0E63A385" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="005551D9" w:rsidRPr="001F7B62" w14:paraId="0E63A385" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32C45FB2" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Name: </w:t>
+          <w:p w14:paraId="32C45FB2" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32980E26" w14:textId="70159A42" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="3DDB20E4" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="005551D9" w:rsidRPr="001F7B62" w14:paraId="3DDB20E4" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F84E562" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Address:</w:t>
+          <w:p w14:paraId="1F84E562" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48609FB1" w14:textId="07CBC566" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="02A3A539" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="005551D9" w:rsidRPr="001F7B62" w14:paraId="02A3A539" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A89B1A2" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Email:</w:t>
+          <w:p w14:paraId="1A89B1A2" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F704F6C" w14:textId="1EF878CB" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58">
+            <w:r w:rsidRPr="001F7B62">
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="480C4921" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="005551D9" w:rsidRPr="001F7B62" w14:paraId="480C4921" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1389" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B063E04" w14:textId="77777777" w:rsidR="001F7B62" w:rsidRPr="001F7B62" w:rsidRDefault="001F7B62" w:rsidP="00D84D58"/>
-[...8 lines deleted...]
-              <w:t>Tel No. / Fax :</w:t>
+          <w:p w14:paraId="5B063E04" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="005551D9" w:rsidP="00D84D58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19861625" w14:textId="088D6CAC" w:rsidR="005551D9" w:rsidRPr="001F7B62" w:rsidRDefault="00477186" w:rsidP="00D84D58">
+            <w:r>
+              <w:t xml:space="preserve">Telephone / </w:t>
+            </w:r>
+            <w:r w:rsidR="005551D9" w:rsidRPr="001F7B62">
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7B62" w:rsidRPr="001F7B62" w14:paraId="214A153E" w14:textId="77777777" w:rsidTr="00D84D58">
+      <w:tr w:rsidR="00010370" w:rsidRPr="001F7B62" w14:paraId="2BBCB7EC" w14:textId="77777777" w:rsidTr="00C0704F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
-[...12 lines deleted...]
-              <w:t>Contact Person:</w:t>
+            <w:tcW w:w="1389" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697829BB" w14:textId="01E8B593" w:rsidR="00010370" w:rsidRPr="001F7B62" w:rsidRDefault="00010370" w:rsidP="00010370">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...21 lines deleted...]
-          </w:p>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="278C610B" w14:textId="77777777" w:rsidR="00010370" w:rsidRDefault="00010370" w:rsidP="00D84D58"/>
+          <w:p w14:paraId="41E5E631" w14:textId="77777777" w:rsidR="00835968" w:rsidRDefault="00835968" w:rsidP="00D84D58"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRPr="009F2FAE" w:rsidRDefault="00137C7B" w:rsidP="009F2FAE">
+    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="009F2FAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7883B3F4" w14:textId="77777777" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="006D466F">
+    <w:p w14:paraId="1CE36645" w14:textId="77777777" w:rsidR="005551D9" w:rsidRPr="009F2FAE" w:rsidRDefault="005551D9" w:rsidP="009F2FAE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD720B5" w14:textId="77777777" w:rsidR="005551D9" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:r w:rsidRPr="006D466F">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="70858717" w14:textId="77777777" w:rsidR="005551D9" w:rsidRDefault="005551D9" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7883B3F4" w14:textId="0A0EB013" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9B9D9C" w14:textId="77777777" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="006D466F">
+    <w:p w14:paraId="4D9C746B" w14:textId="77777777" w:rsidR="005551D9" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006D466F">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9B9D9C" w14:textId="062AF87A" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D466F">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFA612F" w14:textId="77777777" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="006D466F"/>
-    <w:p w14:paraId="7E0921AC" w14:textId="7E452611" w:rsidR="009A535A" w:rsidRDefault="006D466F" w:rsidP="009A535A">
+    <w:p w14:paraId="3FFA612F" w14:textId="77777777" w:rsidR="006D466F" w:rsidRPr="006D466F" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E0921AC" w14:textId="7E452611" w:rsidR="009A535A" w:rsidRDefault="006D466F" w:rsidP="00CD556E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="006D466F">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A535A">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="009A535A">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1049 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="2E12A8D3" w14:textId="77777777" w:rsidR="005551D9" w:rsidRDefault="005551D9" w:rsidP="009A535A"/>
     <w:p w14:paraId="0A15151A" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="009A535A" w:rsidRDefault="00CB2436" w:rsidP="009A535A"/>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="009A535A" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="1D4EDF7B" w14:textId="77777777" w:rsidR="00061B4F" w:rsidRDefault="00061B4F" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="34153B06" w14:textId="77777777" w:rsidR="00061B4F" w:rsidRDefault="00061B4F" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2643,162 +1614,163 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0097705E">
+    <w:r w:rsidR="00CD556E">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0097705E">
+    <w:r w:rsidR="00CD556E">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6C549EF0" w14:textId="77777777" w:rsidR="00061B4F" w:rsidRDefault="00061B4F" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="289A432E" w14:textId="77777777" w:rsidR="00061B4F" w:rsidRDefault="00061B4F" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="332CB9D1" w:rsidR="00551892" w:rsidRDefault="003F71AA" w:rsidP="005A18FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6210"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                      </w:t>
     </w:r>
     <w:r w:rsidR="005A18FF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="283C76CA" wp14:editId="32A5DAFB">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2899,50 +1871,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="5824571C" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="359BD3DC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-133350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6105525" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6105525" cy="0"/>
@@ -3338,186 +2311,223 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
+    <w:rsid w:val="00010370"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00056E3C"/>
+    <w:rsid w:val="00061B4F"/>
     <w:rsid w:val="000A0D69"/>
+    <w:rsid w:val="000E7C8A"/>
+    <w:rsid w:val="00124B1B"/>
+    <w:rsid w:val="00130F5F"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00173A2E"/>
     <w:rsid w:val="001823A9"/>
     <w:rsid w:val="001F48BD"/>
     <w:rsid w:val="001F7B62"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00227F70"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="0023333F"/>
     <w:rsid w:val="00241E6D"/>
     <w:rsid w:val="00244653"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="003302B0"/>
+    <w:rsid w:val="00341E01"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F71AA"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="004702F6"/>
     <w:rsid w:val="00473C56"/>
+    <w:rsid w:val="00477186"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004B528B"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="005551D9"/>
     <w:rsid w:val="005A18FF"/>
+    <w:rsid w:val="005A3340"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00606DA2"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="00636B64"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
+    <w:rsid w:val="00685560"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006A54CD"/>
     <w:rsid w:val="006D466F"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="0073508A"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="008301CD"/>
+    <w:rsid w:val="00835968"/>
     <w:rsid w:val="00835DBC"/>
     <w:rsid w:val="00845C46"/>
     <w:rsid w:val="00845D8A"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008C7E97"/>
     <w:rsid w:val="008F71AC"/>
+    <w:rsid w:val="0093118A"/>
+    <w:rsid w:val="00951C5A"/>
     <w:rsid w:val="009528BC"/>
     <w:rsid w:val="0096460B"/>
     <w:rsid w:val="0097705E"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009A535A"/>
+    <w:rsid w:val="009B409C"/>
     <w:rsid w:val="009F2FAE"/>
+    <w:rsid w:val="00A003DF"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A8049F"/>
+    <w:rsid w:val="00AD53C7"/>
+    <w:rsid w:val="00B0599E"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B35F0A"/>
     <w:rsid w:val="00B7008B"/>
     <w:rsid w:val="00BC2546"/>
+    <w:rsid w:val="00BC78E0"/>
     <w:rsid w:val="00BD06BE"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BF7FC3"/>
+    <w:rsid w:val="00C0704F"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C453E4"/>
+    <w:rsid w:val="00C71783"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00CD556E"/>
+    <w:rsid w:val="00CE08CD"/>
+    <w:rsid w:val="00D078EC"/>
     <w:rsid w:val="00D23483"/>
+    <w:rsid w:val="00D25BD5"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4602F"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D923D5"/>
     <w:rsid w:val="00D929CE"/>
+    <w:rsid w:val="00DA4CEB"/>
+    <w:rsid w:val="00DD0A24"/>
+    <w:rsid w:val="00E80BC8"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB716B"/>
     <w:rsid w:val="00ED0C37"/>
     <w:rsid w:val="00F16CDE"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F6334D"/>
+    <w:rsid w:val="00F65771"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FB7F5A"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD162C"/>
+    <w:rsid w:val="00FD23DA"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4414,93 +3424,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A2B862F-4EA7-4BBB-A456-8A86DF90F7B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD8734F1-CA9C-4582-AC3B-7733D394BD48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2526</Characters>
+  <Pages>2</Pages>
+  <Words>447</Words>
+  <Characters>2553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2964</CharactersWithSpaces>
+  <CharactersWithSpaces>2995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>