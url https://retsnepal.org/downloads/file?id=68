--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -11,3141 +11,3258 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="60F85679" w14:textId="51DAB216" w:rsidR="00137C7B" w:rsidRDefault="003126C8" w:rsidP="0033502D">
+    <w:p w14:paraId="116927E6" w14:textId="1A8FA4C8" w:rsidR="00FD684B" w:rsidRPr="00726701" w:rsidRDefault="004146F8" w:rsidP="007D49F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3435"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Reception Form of Battery</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="003126C8" w:rsidRPr="003126C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inverter; PIT /RST</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4853" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3197"/>
-        <w:gridCol w:w="5773"/>
+        <w:gridCol w:w="3264"/>
+        <w:gridCol w:w="5978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="4A65695F" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="04F48B9D" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="256155B5" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2221C7A3" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="18ADDAE5" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="6EF6146F" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8832E3" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="349CBFE1" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1714EBFC" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="7C79FD44" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text32"/>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="261976E6" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="6B3DD20E" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="60B34D72" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3218" w:type="pct"/>
+          <w:p w14:paraId="717AD48B" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AEE87A" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="1038B9D5" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text33"/>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="0C1498E0" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="4E44B1C0" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39F32295" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3218" w:type="pct"/>
+          <w:p w14:paraId="3DB04D56" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F827D7A" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="2F93A599" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
               <w:t>Website:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text34"/>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="19A45083" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="791553A9" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C64046B" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (who bring)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="640A4566" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="6D4EB567" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="3C4BBCCA" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB15EC5" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="42377307" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628D99B6" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="6444BE77" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
               <w:t>Mailing:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="2BCF0DAE" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="12A819D7" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7F922BE5" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3218" w:type="pct"/>
+          <w:p w14:paraId="409657E4" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25AAFD95" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="62B69CBE" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="709B954C" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="0209A6EB" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="414C89CD" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3218" w:type="pct"/>
+          <w:p w14:paraId="55F40766" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304F6327" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="0DCCBA09" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="6F96106E" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="3953B7FC" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1766" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBB856A" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="475528F6" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="291149ED" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2683932F" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-            <w:r w:rsidRPr="00243804">
+          <w:p w14:paraId="174DCA70" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Locally a</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ssembled with CKD and SKD parts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>imported</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E5BED27" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from …………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A5A910" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Locally purchased from …………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09E349E2" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
-[...3 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="43499BF0" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="29FFBF2D" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC60AF9" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B35A00B" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="579FD6C9" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="455E4050" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="64727467" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5355F93D" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Serial No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E008796" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24477579" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6013D" w:rsidRPr="00243804" w14:paraId="561EB9D5" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="38A9F4E0" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60A91E26" w14:textId="69AE37A0" w:rsidR="00A6013D" w:rsidRPr="00243804" w:rsidRDefault="00B01008" w:rsidP="00CF72AB">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E87E45" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
             <w:r>
               <w:t>Type of Inverter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="52F6837A" w14:textId="222CA5BA" w:rsidR="00A6013D" w:rsidRPr="00243804" w:rsidRDefault="00A6013D" w:rsidP="00CF72AB">
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1340D14B" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Off- Grid    </w:t>
+              <w:t xml:space="preserve"> Off-Grid          </w:t>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> On- Grid</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="4BD60717" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
+              <w:t xml:space="preserve"> Hybrid          </w:t>
+            </w:r>
             <w:r w:rsidRPr="00243804">
-              <w:t>Nominal battery voltage of inverter/(in-built charge controller if available)</w:t>
-[...39 lines deleted...]
-                  <w:name w:val="Check6"/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...102 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bidirectional</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="33A67B62" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="0D4EE706" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...525 lines deleted...]
-          <w:p w14:paraId="069C2AEE" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B240BEA" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>Charging Priority (for hybrid)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EA0857" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00243804" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...158 lines deleted...]
-          <w:p w14:paraId="514E2164" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
+            <w:r>
+              <w:t xml:space="preserve"> Solar          </w:t>
+            </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...104 lines deleted...]
-          <w:p w14:paraId="625F4179" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB">
+            <w:r>
+              <w:t xml:space="preserve"> AC Mains          </w:t>
+            </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...5 lines deleted...]
-                  <w:name w:val="Check25"/>
+            <w:r>
+              <w:t xml:space="preserve"> Other…………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="6C518F71" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2701767F" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Nominal battery voltage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2BAB24" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text237"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text237"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t xml:space="preserve"> V DC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="75E29F16" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF8DC90" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Input voltage range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59323330" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  From ….V DC               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  To ….V DC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="6E3DE5FF" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="3E630188" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FE095A" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output voltage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="Text238"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B98CFF" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text238"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>V AC</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Tolerance: ±</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text239"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="162D331D" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="773E91A6" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Ef</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="366685F1" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> @ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">resistive </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">full </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="5760CBF7" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0E9ABA" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output frequency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E52BE71" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Hz</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Tolerance: ±</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text239"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text239"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="61FF2E25" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="377DB78B" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>Total Harmonic Distortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF73027" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> @ full load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="36F1A061" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="159A2387" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Nominal power</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="7" w:name="Text225"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55519C9A" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text225"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text241"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text241"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text226"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:t xml:space="preserve"> W,</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text226"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text242"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text242"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>VA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="77F0D671" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA27A4F" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum Input Current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3B1711" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(DC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="3A39BABF" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5FA323" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum load current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="11" w:name="Text227"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="090259BF" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(AC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="7AB81E03" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BDFA5E" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Power factor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3ABED7" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="2E19039F" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0464461D" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Self-consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="12" w:name="Text228"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E2851A" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text228"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>mA</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text240"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text240"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:t xml:space="preserve"> W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="7DC9CBEF" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10ACC80D" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Built-in indicators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8353AB" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Main    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...404 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Charging</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...8 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Inverter ON   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...10 lines deleted...]
-                  <w:name w:val="Check22"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Overload</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2DA2C1" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...8 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Short Circuit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Other: ………………………</w:t>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Othe</w:t>
+            </w:r>
+            <w:r>
+              <w:t>r:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>…………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="1DF2CEBC" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="02BB960C" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A1798C" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>Low Battery Shut Down</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC0D516" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Load disconnect (LVD) at:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text228"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...31 lines deleted...]
-                  <w:name w:val="Text233"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V  ± </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text230"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text230"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...19 lines deleted...]
-              <w:t>°C</w:t>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:lang w:val="da-DK"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="3B513A4B" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="6B90A887" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...15 lines deleted...]
-                  <w:name w:val="Check24"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7177F0CB" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>Protection A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>gainst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="215DA2EC" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...52 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Short ci</w:t>
+            </w:r>
+            <w:r>
+              <w:t>rcuit of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> output terminals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="203FF601" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Reverse polarity on DC input terminals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50CD35AA" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Overload, over temperature</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Other:.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>……………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="78CC15CF" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="777E0085" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...15 lines deleted...]
-                  <w:name w:val="Text234"/>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="279E20DB" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="785F34EB" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Minimum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text228"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...39 lines deleted...]
-                  <w:name w:val="Text236"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:tab/>
+              <w:t xml:space="preserve">Maximum:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text233"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text233"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00243804">
+            <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00243804">
-[...19 lines deleted...]
-              <w:t>meters</w:t>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="4473DF25" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="054A37EE" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> Years</w:t>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E6F6E9" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>AC Charging</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="329B2794" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Yes           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="18B57BC2" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="4BBFB770" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B504CCD" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Temperature compensation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="229F15D0" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  Yes  ( </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text234"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text234"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> mV/°C/cell)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C148F06" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="207D1EAA" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14ED30DC" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>IP Protection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A783459" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> IP21 (according to IEC60529)          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="2E60DCEC" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0E1B8C" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r>
+              <w:t>Noise produced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6743C81D" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text234"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">dB at a distance of </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text236"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text236"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>meters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="55EF265E" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55082226" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Warranty Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3412F288" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="3157E0E0" w14:textId="77777777" w:rsidTr="00920AD0">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="529FD19E" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>Additional description</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="599A8A38" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
+            <w:r>
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="583982B3" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726701" w:rsidRPr="00243804" w14:paraId="52B055DC" w14:textId="77777777" w:rsidTr="00CF72AB">
+      <w:tr w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w14:paraId="4F77CE6B" w14:textId="77777777" w:rsidTr="00920AD0">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:tcW w:w="1766" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="135AAEAB" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>International Standards fulfilled</w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00243804">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
               <w:t>(IEC, ISO, Others)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3218" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D4D1F23" w14:textId="77777777" w:rsidR="00726701" w:rsidRPr="00243804" w:rsidRDefault="00726701" w:rsidP="00CF72AB"/>
+            <w:tcW w:w="3234" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EB9FEE" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> IEC 62109-1:2010   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ISO …………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22631DB8" w14:textId="77777777" w:rsidR="00BA5551" w:rsidRPr="00A15ECA" w:rsidRDefault="00BA5551" w:rsidP="00920AD0">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others ………………………… </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="7D355CFF" w14:textId="1508DB37" w:rsidR="00FD56EF" w:rsidRPr="00FD56EF" w:rsidRDefault="00D70FDA" w:rsidP="00FD56EF">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C7271">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00FD56EF" w:rsidRPr="00FD56EF">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="00FD684B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00FD56EF" w:rsidRPr="00FD56EF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="033D94C2" w14:textId="77777777" w:rsidR="00FD56EF" w:rsidRPr="00FD56EF" w:rsidRDefault="00FD56EF" w:rsidP="00FD56EF"/>
-    <w:p w14:paraId="6C807C2A" w14:textId="77777777" w:rsidR="00FD56EF" w:rsidRPr="00FD56EF" w:rsidRDefault="00FD56EF" w:rsidP="00FD56EF">
+    <w:p w14:paraId="6C807C2A" w14:textId="592FBC3B" w:rsidR="00FD56EF" w:rsidRPr="00FD56EF" w:rsidRDefault="00FD56EF" w:rsidP="00FD56EF">
       <w:r w:rsidRPr="00FD56EF">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD56EF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00FD56EF">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="18283F1D" w14:textId="77777777" w:rsidR="00FD56EF" w:rsidRPr="00FD56EF" w:rsidRDefault="00FD56EF" w:rsidP="00FD56EF"/>
-    <w:p w14:paraId="74146D9B" w14:textId="0FCE9331" w:rsidR="00137C7B" w:rsidRPr="00FD56EF" w:rsidRDefault="00D70FDA" w:rsidP="00FD56EF">
+    <w:p w14:paraId="7627E025" w14:textId="24262E23" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00D70FDA" w:rsidP="00623764">
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00FD684B">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C7271">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00FD56EF" w:rsidRPr="00FD56EF">
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00FD684B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
-[...3 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD684B">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1452" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="168B244B" w14:textId="77777777" w:rsidR="00054686" w:rsidRDefault="00054686" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="49FD56FD" w14:textId="77777777" w:rsidR="00054686" w:rsidRDefault="00054686" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="57CCAA75" w14:textId="77777777" w:rsidR="00FD684B" w:rsidRDefault="00FD684B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
@@ -3174,170 +3291,171 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000E0BEE">
+    <w:r w:rsidR="004146F8">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000E0BEE">
+    <w:r w:rsidR="004146F8">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="65062FE7" w14:textId="77777777" w:rsidR="00FD684B" w:rsidRDefault="00FD684B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="50C3D168" w14:textId="77777777" w:rsidR="00054686" w:rsidRDefault="00054686" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="195AB647" w14:textId="77777777" w:rsidR="00054686" w:rsidRDefault="00054686" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="04DC3268" w14:textId="77777777" w:rsidR="00FD684B" w:rsidRDefault="00FD684B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3356,50 +3474,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="7D1E296F" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="2655368F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>209082</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5715000" cy="1947"/>
               <wp:effectExtent l="12700" t="38100" r="25400" b="48895"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5715000" cy="1947"/>
@@ -3674,174 +3793,179 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00054686"/>
     <w:rsid w:val="000C7271"/>
     <w:rsid w:val="000E0BEE"/>
     <w:rsid w:val="00130FAF"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
+    <w:rsid w:val="00153584"/>
     <w:rsid w:val="001550DA"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00243804"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="003126C8"/>
     <w:rsid w:val="0033502D"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E11DB"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="004146F8"/>
     <w:rsid w:val="00421E7E"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="00623764"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00726701"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007D49F9"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A6013D"/>
     <w:rsid w:val="00AD3F2F"/>
     <w:rsid w:val="00B01008"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00BA5551"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD278A"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C63926"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D70FDA"/>
     <w:rsid w:val="00DA3F9B"/>
     <w:rsid w:val="00DE427C"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F07ADF"/>
     <w:rsid w:val="00F219AF"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FD56EF"/>
     <w:rsid w:val="00FD684B"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FF61AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4753,78 +4877,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBDADEA9-96C8-4041-8A31-8EA4AB134116}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBBABF6C-ED24-415E-B1F1-C9537B86DAC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2882</Characters>
+  <Pages>1</Pages>
+  <Words>421</Words>
+  <Characters>2406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3381</CharactersWithSpaces>
+  <CharactersWithSpaces>2822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>