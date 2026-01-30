--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,3767 +7,4138 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="4ACFD5F2" w:rsidR="00C450C1" w:rsidRDefault="00C450C1" w:rsidP="003E4C6C">
-[...3 lines deleted...]
-    <w:p w14:paraId="224F7697" w14:textId="63B8FDA9" w:rsidR="00137C7B" w:rsidRPr="009C7E05" w:rsidRDefault="009C7E05" w:rsidP="009C7E05">
+    <w:p w14:paraId="60F85679" w14:textId="1042DC44" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="007E6BA5" w:rsidP="00B23D27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C7E05">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reception Form for Observation Test </w:t>
+        <w:t xml:space="preserve">Reception Form for </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7E05" w:rsidRPr="009C7E05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7E05" w:rsidRPr="009C7E05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00671015" w:rsidRPr="009C7E05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00671015" w:rsidRPr="009C7E05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Street</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C7E05">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lamp</w:t>
+        <w:t xml:space="preserve"> Light</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F85679" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5179" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3477"/>
-        <w:gridCol w:w="6096"/>
+        <w:gridCol w:w="3529"/>
+        <w:gridCol w:w="6044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="4D0A43B6" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="76848829" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="104B8A8B" w14:textId="41CBC850" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="000E63F3" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Manufacturer’s Name (Light)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0EA95F" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text1"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="46CA1B39" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="3E4C66E7" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD47649" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="55688740" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="261993EB" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text2"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="0657A7AB" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="6E3B65D0" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5283248F" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="14147F2B" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715F4087" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text3"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="1FF13867" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="3D948BAD" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC7F4C7" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="77BDD69E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DF678E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Website: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text4"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="4BC56644" w14:textId="77777777" w:rsidTr="00126F69">
-[...234 lines deleted...]
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="2BE60C26" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="50A4FFB3" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BF4491" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B6248C" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text5"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="4" w:name="Text5"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="09474D98" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="3FCBA121" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="336CDBE2" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="64F26525" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+            <w:r>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>s Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F2498" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text6"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="5" w:name="Text6"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="63BA8C72" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="3CAD26F6" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7879FE" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="01F13487" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D78C1BD" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text7"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="6" w:name="Text7"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="3B5FBCEF" w14:textId="77777777" w:rsidTr="00126F69">
-[...80 lines deleted...]
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="715E7E32" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="49803A0F" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BC77CB" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4C8B14" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Tel / Mobile: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text8"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="423B6AD1" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57402957" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537ECAEB" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text30"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="6CC9D150" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7DBEC5" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0C8C84" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FC71E64" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="1F779506" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64E59A86" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="499CBE67" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text9"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w14:paraId="7BB650B9" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-[...57 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="1D414A3D" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text11"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="10" w:name="Text11"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="5B2DA767" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="46B6F399" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="156FCB06" w14:textId="49E92409" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Brand / Model (L</w:t>
+            </w:r>
+            <w:r w:rsidR="000E63F3">
+              <w:t>ight</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCC5A73" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text12"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="11" w:name="Text12"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text37"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text32"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text38"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="0E499C9D" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="5F754CA4" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AC1E4E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Brand / Model (L</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ED</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D137B7E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="4B42D776" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="02ECA790" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text13"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320A0E70" w14:textId="77BB3944" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="0065752B" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Serial numbers of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D8B6E1" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text13"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="15" w:name="Text14"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="404DAB55" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="140EDACD" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...164 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE50046" w14:textId="57971524" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Type</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4C34">
+              <w:t xml:space="preserve"> of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4869C8" w14:textId="24F38034" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="007D4C34">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-                  <w:name w:val="Check7"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="007D4C34">
+              <w:t xml:space="preserve"> Street</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D4C34">
+              <w:t>Light</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="007D4C34">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="16" w:name="Check21"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidR="007D4C34">
+              <w:t xml:space="preserve"> Flood Light   </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check21"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...9 lines deleted...]
-                  <w:name w:val="Check7"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Others </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="6E544B6B" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ECA658" w14:textId="455EB23E" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="0065752B">
+              <w:t>ominal power of the Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B63677" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text15"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:t xml:space="preserve"> W, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Tolerance: ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text16"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="6F4FE87D" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DE400F" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>THD (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="134C406A" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Text35"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="3F418B7A" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6796F646" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Power Factor (pf) (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2572C6CE" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text36"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="2C0DEB60" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50909B77" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Operating V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>oltage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A8FD65" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Text17"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> V       </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Maximum: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text18"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="1E1D6713" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0B99FE" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Fixture Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="311F7021" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...213 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  E22     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="23" w:name="Check22"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...10 lines deleted...]
-                  <w:name w:val="Check11"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:t xml:space="preserve">  E27     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="24" w:name="Check23"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-                  <w:name w:val="Check13"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2-Pin Tube   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...8 lines deleted...]
-                  <w:name w:val="Check12"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 4-Pin Tube</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="63A77E93" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69080982" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7461B69C" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...167 lines deleted...]
-                  <w:name w:val="Check14"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Voltage   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Temperature  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check22"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...9 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text20"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="1746DF0F" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAFA9A4" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Day/Night Sensor Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0BC30F" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check23"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...82 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   Found</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...8 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Not-Found</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="44B7AE69" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E7F64D" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Separate SPD (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E0B620" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="4EC9FBF2" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AAC23E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Diming Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAA509" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...1000 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….Hour, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>stage .…. Hour, 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour)          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...8 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="77A1E376" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D35D2A" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Inbuilt Surge Handling Capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A9DD77" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text33"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="7A03DC0F" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A01FC7" w14:textId="118F2CAF" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Luminous Yi</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4C34">
+              <w:t>eld of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EFDD26" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text21"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text22"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text23"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="7CE62EC4" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="011E22D0" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">uminous Efficacy of single </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2A46AC" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="1EB7960E" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="259D0B5E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Viewing Angle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9D9DC" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>: Degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="214AF832" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0404555B" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>CRI Index / Colour Temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354B355D" w14:textId="7F360F34" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: Ra         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00855FC3">
+              <w:t>°</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Kelvin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="337C5ED9" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54204D9C" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ward Voltage / Test Current of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="764E4365" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: V         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>: mA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="00853FA9" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="454F66B3" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED Driver Circuit Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1223BFE4" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="2687992B" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E7E1DB" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D04F85" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text25"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C           Maximum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text26"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="02C227A6" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0BBB5F" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C20008E" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...189 lines deleted...]
-                  <w:name w:val="Check7"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Indoor only       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Yes    </w:t>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00973FDB" w:rsidRPr="00973FDB" w14:paraId="0503AB5D" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="48AA22A3" w14:textId="77777777" w:rsidTr="00C45CCA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D77B988" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Life cycles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25159963" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Text27"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Hour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="451CA729" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FF9F7B" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>Total Number of LED Used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06960A7A" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="Text34"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r>
+              <w:t xml:space="preserve"> PCs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="466ADA15" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7745BC9D" w14:textId="54DE2471" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>IP Protection</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6135">
+              <w:t xml:space="preserve"> of Light</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4961C261" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="35" w:name="Text28"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="35"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B23D27" w:rsidRPr="006627DC" w14:paraId="1FE43145" w14:textId="77777777" w:rsidTr="00C45CCA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3D1F1D" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:t>International Standards fulfilled</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="343EB151" w14:textId="77777777" w:rsidR="00973FDB" w:rsidRPr="00973FDB" w:rsidRDefault="00973FDB" w:rsidP="00126F69">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00973FDB">
+          <w:p w14:paraId="1FDF59F4" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r>
+              <w:t xml:space="preserve">(IEC, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568AA4E1" w14:textId="77777777" w:rsidR="00B23D27" w:rsidRPr="006627DC" w:rsidRDefault="00B23D27" w:rsidP="00C45CCA">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text29"/>
-            <w:r w:rsidRPr="00973FDB">
+            <w:bookmarkStart w:id="36" w:name="Text29"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00973FDB">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00973FDB">
-[...4 lines deleted...]
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:p w14:paraId="046BE773" w14:textId="17229BF8" w:rsidR="006748D8" w:rsidRPr="00970B5F" w:rsidRDefault="006748D8" w:rsidP="006748D8">
       <w:r w:rsidRPr="00970B5F">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
@@ -3805,51 +4176,50 @@
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AD8F97" w14:textId="77777777" w:rsidR="006748D8" w:rsidRPr="00970B5F" w:rsidRDefault="006748D8" w:rsidP="006748D8"/>
     <w:p w14:paraId="686A5E68" w14:textId="6601A39F" w:rsidR="006748D8" w:rsidRPr="00970B5F" w:rsidRDefault="006748D8" w:rsidP="006748D8">
       <w:r w:rsidRPr="00970B5F">
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00695B1D">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00970B5F">
         <w:tab/>
       </w:r>
@@ -3861,110 +4231,117 @@
         <w:t xml:space="preserve"> Date:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7627E025" w14:textId="5EBFF020" w:rsidR="00CB2436" w:rsidRPr="00970B5F" w:rsidRDefault="00CB2436" w:rsidP="006748D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="570"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00970B5F" w:rsidSect="00695B1D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1444" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0E3BC46A" w14:textId="77777777" w:rsidR="00D60739" w:rsidRDefault="00D60739" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="3B3F7B20" w14:textId="77777777" w:rsidR="00D60739" w:rsidRDefault="00D60739" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -3983,164 +4360,165 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B034DB">
+    <w:r w:rsidR="00FB6135">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B034DB">
+    <w:r w:rsidR="00FB6135">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="4E084510" w14:textId="77777777" w:rsidR="00D60739" w:rsidRDefault="00D60739" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0C73541D" w14:textId="77777777" w:rsidR="00D60739" w:rsidRDefault="00D60739" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1BFFB51E" w:rsidR="00551892" w:rsidRPr="002757A7" w:rsidRDefault="002757A7" w:rsidP="00BA0FBA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8220"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                         </w:t>
     </w:r>
     <w:r w:rsidR="00BA0FBA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BD4091B" wp14:editId="506E160B">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4178,50 +4556,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/03/03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="5B1FED1D" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="7F7F27D7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-200025</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>207010</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6229350" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6229350" cy="0"/>
@@ -4456,160 +4835,169 @@
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="000E63F3"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00242DA1"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002757A7"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="0065752B"/>
     <w:rsid w:val="0066763F"/>
     <w:rsid w:val="00671015"/>
     <w:rsid w:val="006748D8"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="00695B1D"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007D4C34"/>
+    <w:rsid w:val="007E6BA5"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0082562A"/>
     <w:rsid w:val="0085331D"/>
+    <w:rsid w:val="00855FC3"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="00970B5F"/>
     <w:rsid w:val="00973FDB"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009C7E05"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00B034DB"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B23D27"/>
     <w:rsid w:val="00BA0FBA"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C429AC"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D60739"/>
+    <w:rsid w:val="00E94DC1"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FB6135"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5506,93 +5894,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDC20DCB-3EE8-4C02-9628-D777F31CE16E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C623CCFA-91D0-455A-87A2-AECB139A9595}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2536</Characters>
+  <Pages>1</Pages>
+  <Words>443</Words>
+  <Characters>2531</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2975</CharactersWithSpaces>
+  <CharactersWithSpaces>2969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>