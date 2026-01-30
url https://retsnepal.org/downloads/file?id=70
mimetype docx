--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,95 +7,83 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="66084746" w14:textId="77777777" w:rsidR="00D03D08" w:rsidRDefault="00D03D08" w:rsidP="0047195E">
+    <w:p w14:paraId="60F85679" w14:textId="4DEB1807" w:rsidR="00137C7B" w:rsidRPr="00F93985" w:rsidRDefault="00614705" w:rsidP="00F93985">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00614705">
+        <w:t xml:space="preserve">Application Form for Product </w:t>
+      </w:r>
+      <w:r w:rsidR="00301FF1" w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Application Form for Product Introduction Test of Street Lamp</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Introduction Test of Street Light</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="59"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2813"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F4584E" w14:paraId="10C57616" w14:textId="77777777" w:rsidTr="00F4584E">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2813" w:type="dxa"/>
@@ -113,1638 +101,509 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12563895" w14:textId="77777777" w:rsidR="00F4584E" w:rsidRDefault="00F4584E" w:rsidP="00F4584E">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D1D7C80" w14:textId="77777777" w:rsidR="00E70107" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00E70107">
+    <w:p w14:paraId="7D1D7C80" w14:textId="77777777" w:rsidR="00E70107" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00E70107">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6540"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00E70107">
+      <w:r w:rsidR="00E70107" w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDD2AEE" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="0DDD2AEE" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C4B3DD" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="2D352976" w14:textId="0E682F4B" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D352976" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
-[...8 lines deleted...]
-    <w:p w14:paraId="6B84573A" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="4F133139" w14:textId="6F9C59C5" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-        <w:t xml:space="preserve">We would like to inform you that we have imported / manufactured some samples of Street Lamp. The detail information of the sample is provided in the reception form (Technical details) attached herewith. </w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>We would like to inform you that we have imported / manufact</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4ECD" w:rsidRPr="00F93985">
+        <w:t>ured some samples of Street Light</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>. The detail information of the sample is provided in the reception form (Technical details) attached herewith. We have submitted t</w:t>
+      </w:r>
+      <w:r w:rsidR="009F43D4" w:rsidRPr="00F93985">
+        <w:t>hree samples of each model of Street Light</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve"> fo</w:t>
+      </w:r>
+      <w:r w:rsidR="009F43D4" w:rsidRPr="00F93985">
+        <w:t>r testing the products under Product Introduction Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve"> category according to </w:t>
+      </w:r>
+      <w:r w:rsidR="009F43D4" w:rsidRPr="00F93985">
+        <w:t>NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F97" w:rsidRPr="00F93985">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F133139" w14:textId="634D8BCC" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="703F8B0B" w14:textId="4E6E7967" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-[...3 lines deleted...]
-        <w:t>NEPQA 2015.rev1.</w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>We have provided the following documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5439F0" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
-[...14 lines deleted...]
-    <w:p w14:paraId="50C6238D" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="029A5B97" w14:textId="77777777" w:rsidR="009269BA" w:rsidRPr="00F93985" w:rsidRDefault="009269BA" w:rsidP="009269BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:t xml:space="preserve">Duly filled Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4EAA1E" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="76B86799" w14:textId="1E6056F4" w:rsidR="009269BA" w:rsidRPr="00F93985" w:rsidRDefault="009269BA" w:rsidP="009269BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-        <w:t xml:space="preserve">Street Lamp test certificate issued by third party or </w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>A l</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6C02" w:rsidRPr="00F93985">
+        <w:t>etter provided by principal Street Light</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve"> manufacturer in their letter head mentioning the operational l</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6C02" w:rsidRPr="00F93985">
+        <w:t>ife of the lamp to be at least 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve">0,000 hours </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E12F31" w14:textId="126CB4A8" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
-[...11 lines deleted...]
-    <w:p w14:paraId="69DC5306" w14:textId="3B7A7637" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="1B6B5E2F" w14:textId="31579F14" w:rsidR="009269BA" w:rsidRPr="00F93985" w:rsidRDefault="009269BA" w:rsidP="009269BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Document of agreement between local importer and principle</w:t>
+      </w:r>
+      <w:r w:rsidR="00043D62" w:rsidRPr="00F93985">
+        <w:t xml:space="preserve"> Street Light</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve"> manufacturer stating warranty period, signed and stamped by authorized person</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="446A006B" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="0108F663" w14:textId="77777777" w:rsidR="009269BA" w:rsidRPr="00F93985" w:rsidRDefault="009269BA" w:rsidP="009269BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-        <w:t>In case of local manufacturer, documents of warranty certificate and assurance of ASS.</w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t xml:space="preserve">In case of local manufacturer, warranty period stating document with signed and stamped by authorized person </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319EF0A6" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="4FE0E81D" w14:textId="77777777" w:rsidR="009269BA" w:rsidRPr="00F93985" w:rsidRDefault="009269BA" w:rsidP="009269BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-        <w:t>Serial numbers: soft copy and hard copy.</w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>LM80 report for LED from IEC accredited laboratory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3982D9BC" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
-[...11 lines deleted...]
-    <w:p w14:paraId="6BE7DB6F" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="0449F4D3" w14:textId="023648D0" w:rsidR="00742939" w:rsidRPr="00F93985" w:rsidRDefault="00742939" w:rsidP="00742939">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
-        <w:t>Others: ……………………………………………</w:t>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Catalogue and Technical Datasheet of Street Light and single LED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF50391" w14:textId="77777777" w:rsidR="00821BA3" w:rsidRDefault="00821BA3" w:rsidP="00444429">
-      <w:pPr>
+    <w:p w14:paraId="6BE7DB6F" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0495C14B" w14:textId="45A8D18A" w:rsidR="00D03D08" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="7F344286" w14:textId="19E7CE98" w:rsidR="00F42DEE" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
       </w:r>
-      <w:r w:rsidR="00352453" w:rsidRPr="00352453">
+      <w:r w:rsidR="00352453" w:rsidRPr="00F93985">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00352453">
-        <w:t>The product submitted for testing shall be taken back within one year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
+      <w:r w:rsidR="000E71CF" w:rsidRPr="00F93985">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0196D09C" w14:textId="77777777" w:rsidR="00821BA3" w:rsidRDefault="00821BA3" w:rsidP="00444429">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="63F7DBD6" w14:textId="45291168" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="007E18A9">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Thanks for your cooperation</w:t>
+      </w:r>
+      <w:r w:rsidR="00271B52" w:rsidRPr="00F93985">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11CD98C3" w14:textId="77777777" w:rsidR="00821BA3" w:rsidRDefault="00821BA3" w:rsidP="00444429">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0117F229" w14:textId="77777777" w:rsidR="00D03D08" w:rsidRPr="00F93985" w:rsidRDefault="00D03D08" w:rsidP="00444429"/>
+    <w:p w14:paraId="04EB3471" w14:textId="0E6D0ABD" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002C42C7" w:rsidRPr="00F93985">
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Company Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="176A2B23" w14:textId="77777777" w:rsidR="00821BA3" w:rsidRDefault="00821BA3" w:rsidP="00444429">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4E478E05" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429"/>
+    <w:p w14:paraId="2A202DC9" w14:textId="3879A633" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429">
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Designation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002C42C7" w:rsidRPr="00F93985">
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:t>Stamp:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="63F7DBD6" w14:textId="45291168" w:rsidR="00444429" w:rsidRPr="00F124C0" w:rsidRDefault="00444429" w:rsidP="00444429">
-[...101 lines deleted...]
-    <w:p w14:paraId="36F68CF1" w14:textId="61C5C729" w:rsidR="00137C7B" w:rsidRPr="00614705" w:rsidRDefault="00444429" w:rsidP="00444429">
+    <w:p w14:paraId="2F8934F0" w14:textId="77777777" w:rsidR="00444429" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00444429"/>
+    <w:p w14:paraId="74146D9B" w14:textId="71D8FE1E" w:rsidR="00137C7B" w:rsidRPr="00F93985" w:rsidRDefault="00444429" w:rsidP="00EE5481">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="780"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F124C0">
+      </w:pPr>
+      <w:r w:rsidRPr="00F93985">
         <w:t>Signature:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F124C0">
-[...20 lines deleted...]
-      <w:r w:rsidR="000510EC">
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F93985">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000510EC" w:rsidRPr="00F93985">
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F124C0">
+      <w:r w:rsidRPr="00F93985">
         <w:t>Date</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F93985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74146D9B" w14:textId="1B7BC456" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...1083 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="62FB901E" w14:textId="77777777" w:rsidR="00401F95" w:rsidRDefault="00401F95" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6922B53D" w14:textId="77777777" w:rsidR="00401F95" w:rsidRDefault="00401F95" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -1756,161 +615,162 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A60F97">
+    <w:r w:rsidR="00F93985">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A60F97">
+    <w:r w:rsidR="00F93985">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="53ACD5DF" w14:textId="77777777" w:rsidR="00401F95" w:rsidRDefault="00401F95" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="0EA9BDA6" w14:textId="77777777" w:rsidR="00401F95" w:rsidRDefault="00401F95" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="18A46A91" w:rsidR="00551892" w:rsidRDefault="00937032" w:rsidP="00937032">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7755"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1958,50 +818,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/01/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="459A665E" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="32FCA8A3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-95250</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6029325" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="9525" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6029325" cy="0"/>
@@ -2375,190 +1236,206 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00043D62"/>
     <w:rsid w:val="000510EC"/>
     <w:rsid w:val="00052BD5"/>
     <w:rsid w:val="000574F6"/>
+    <w:rsid w:val="000E71CF"/>
     <w:rsid w:val="00112C80"/>
     <w:rsid w:val="00113453"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00193330"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
+    <w:rsid w:val="00262751"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="00271B52"/>
     <w:rsid w:val="00275BBD"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002C42C7"/>
     <w:rsid w:val="002E2F5D"/>
+    <w:rsid w:val="00301FF1"/>
     <w:rsid w:val="003157F1"/>
     <w:rsid w:val="00336295"/>
     <w:rsid w:val="00352453"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="00401F95"/>
     <w:rsid w:val="00444429"/>
     <w:rsid w:val="00452E7F"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="0047195E"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004A6CF8"/>
     <w:rsid w:val="00551892"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="006020EF"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00614705"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="00646488"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="006670A8"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006D6C02"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00742939"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="007D4ECD"/>
+    <w:rsid w:val="007E18A9"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="00813F22"/>
     <w:rsid w:val="00821BA3"/>
     <w:rsid w:val="00831A62"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00875242"/>
     <w:rsid w:val="00881414"/>
     <w:rsid w:val="008954AD"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008D6C50"/>
+    <w:rsid w:val="009269BA"/>
     <w:rsid w:val="00937032"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009F43D4"/>
     <w:rsid w:val="00A326E5"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A60F97"/>
     <w:rsid w:val="00A76549"/>
     <w:rsid w:val="00A870C0"/>
     <w:rsid w:val="00AB08E1"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B27BE8"/>
     <w:rsid w:val="00BA04B3"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C11601"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CD57B3"/>
     <w:rsid w:val="00D03D08"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00E70107"/>
     <w:rsid w:val="00E7484A"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EE5481"/>
     <w:rsid w:val="00F124C0"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F42DEE"/>
     <w:rsid w:val="00F4584E"/>
     <w:rsid w:val="00F57FF3"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
+    <w:rsid w:val="00F93985"/>
     <w:rsid w:val="00F97003"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -3470,78 +2347,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26D5B765-D3E1-4402-BCEA-F009CAE6F7A4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9798EA4B-6D2F-4061-9D42-9499579AF2CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1845</Characters>
+  <Pages>1</Pages>
+  <Words>306</Words>
+  <Characters>1746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2164</CharactersWithSpaces>
+  <CharactersWithSpaces>2048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>