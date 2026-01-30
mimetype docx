--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -18,84 +18,84 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="5F4D73B4" w14:textId="77777777" w:rsidR="0071543D" w:rsidRDefault="0071543D" w:rsidP="009A22F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="0AA9E3D3" w:rsidR="00C450C1" w:rsidRPr="009A22F6" w:rsidRDefault="009A22F6" w:rsidP="009A22F6">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="7EAD0F75" w:rsidR="00C450C1" w:rsidRPr="009A22F6" w:rsidRDefault="009A22F6" w:rsidP="009A22F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A22F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form for Random Sampling Test of</w:t>
       </w:r>
       <w:r w:rsidR="00E27470">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A22F6">
+      <w:r w:rsidR="00862BD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Street Lamp</w:t>
+        <w:t>Street Light</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00C450C1" w:rsidP="00C450C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpYSpec="center"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -176,342 +176,234 @@
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD6AFD9" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="009C424E" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C424E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RETS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, Khumaltar</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A24FC17" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
-[...8 lines deleted...]
-    <w:p w14:paraId="17E7B355" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="212760D1" w14:textId="121B56E3" w:rsidR="00E27470" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB698D">
-        <w:t xml:space="preserve">We would like to inform you that a lot is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. </w:t>
+        <w:t>We would like to inform you that a lot</w:t>
+      </w:r>
+      <w:r w:rsidR="00895734">
+        <w:t>/population</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB698D">
+        <w:t xml:space="preserve"> is ready for Random Sampling. The lot information form and reception form (Technical details) are attached herewith. Therefore, we hereby request you to collect random samples for testing according to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A975E0">
+        <w:t>NEPQA-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0029088A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED78777" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="7EBA03F8" w14:textId="100CB3F4" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00DB698D">
+        <w:t>We have provided the following documents.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="212760D1" w14:textId="5CAF3025" w:rsidR="00E27470" w:rsidRDefault="00E27470" w:rsidP="00E27470">
-[...26 lines deleted...]
-    <w:p w14:paraId="41373D53" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="19E8B6FE" w14:textId="77777777" w:rsidR="0020451A" w:rsidRPr="0020451A" w:rsidRDefault="0020451A" w:rsidP="0020451A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DB698D">
-        <w:t xml:space="preserve">Duly filled Lot information Form and Reception form </w:t>
+      <w:r w:rsidRPr="0020451A">
+        <w:t xml:space="preserve">Duly filled Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F387948" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="0FC0F4EF" w14:textId="77777777" w:rsidR="0020451A" w:rsidRPr="0020451A" w:rsidRDefault="0020451A" w:rsidP="0020451A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DB698D">
-        <w:t xml:space="preserve">Street Lamp  test certificate issued by third party or </w:t>
+      <w:r w:rsidRPr="0020451A">
+        <w:t xml:space="preserve">A letter provided by principal Street Light manufacturer in their letter head mentioning the operational life of the lamp to be at least 50,000 hours </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3491C115" w14:textId="7F2515DB" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
-[...17 lines deleted...]
-    <w:p w14:paraId="56A91B45" w14:textId="5B6AC48F" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="78813350" w14:textId="77777777" w:rsidR="0020451A" w:rsidRPr="0020451A" w:rsidRDefault="0020451A" w:rsidP="0020451A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DB698D">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0020451A">
+        <w:t>Document of agreement between local importer and principle Street Light manufacturer stating warranty period, signed and stamped by authorized person</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3087FB56" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="0F9A70A3" w14:textId="77777777" w:rsidR="0020451A" w:rsidRPr="0020451A" w:rsidRDefault="0020451A" w:rsidP="0020451A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0020451A">
+        <w:t xml:space="preserve">In case of local manufacturer, warranty period stating document with signed and stamped by authorized person </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DFD856" w14:textId="77777777" w:rsidR="0020451A" w:rsidRPr="0020451A" w:rsidRDefault="0020451A" w:rsidP="0020451A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0020451A">
+        <w:t>LM80 report for LED from IEC accredited laboratory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DB86B4" w14:textId="00215959" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="0020451A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB698D">
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00532764">
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB698D">
+        <w:t>) and Hard copy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCB5EC4" w14:textId="6B498FDF" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB698D">
-        <w:t>In case of local manufacturer, documents of warranty certificate and assurance of ASS.</w:t>
+        <w:t xml:space="preserve">Copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="00532764">
+        <w:t xml:space="preserve">valid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB698D">
+        <w:t>PIT Certificate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC1E0D7" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="275E64B1" w14:textId="77777777" w:rsidR="00532764" w:rsidRPr="0020451A" w:rsidRDefault="00532764" w:rsidP="00532764">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0020451A">
+        <w:t>Catalogue and Technical Datasheet of Street Light and single LED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689DBC7A" w14:textId="5403CC7C" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB698D">
-        <w:t xml:space="preserve">Copy of VAT and Tax Exemption letter from AEPC (For Importer )    </w:t>
+        <w:t>Others: ……………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00690FB1">
+        <w:t>………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DB86B4" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="280D4381" w14:textId="528F2B98" w:rsidR="005B3BC5" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB698D">
-        <w:t>Serial numbers: Soft copy (Excel sheet) and Hard copy.</w:t>
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A6F" w:rsidRPr="00BD0A6F">
+        <w:t>We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCB5EC4" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
-[...106 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4ED843B1" w14:textId="413F71DF" w:rsidR="00E27470" w:rsidRDefault="00E27470" w:rsidP="00E12654">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB698D">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
       <w:r w:rsidR="0071543D">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="59A9C766" w14:textId="10383608" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
       <w:r w:rsidRPr="00DB698D">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
@@ -546,495 +438,352 @@
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEDEB4E" w14:textId="77777777" w:rsidR="00E27470" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470"/>
-    <w:p w14:paraId="60F85679" w14:textId="1FAB3D42" w:rsidR="00137C7B" w:rsidRPr="00DB698D" w:rsidRDefault="00E27470" w:rsidP="00E27470">
+    <w:p w14:paraId="2DBDBE40" w14:textId="77AAF164" w:rsidR="00D95B87" w:rsidRDefault="00E27470" w:rsidP="005A1DC9">
       <w:r w:rsidRPr="00DB698D">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DD7334">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB698D">
         <w:t>Date</w:t>
       </w:r>
+      <w:r w:rsidR="005A1DC9">
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
+    <w:p w14:paraId="73FB8568" w14:textId="77777777" w:rsidR="005A1DC9" w:rsidRDefault="005A1DC9" w:rsidP="005A1DC9"/>
+    <w:p w14:paraId="3B5FC4DC" w14:textId="77777777" w:rsidR="005B3BC5" w:rsidRDefault="005B3BC5" w:rsidP="00925D61">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E6695A" w14:textId="77777777" w:rsidR="00D95B87" w:rsidRDefault="00D95B87" w:rsidP="00137C7B">
-[...169 lines deleted...]
-    <w:p w14:paraId="3169C719" w14:textId="2B3B0EEA" w:rsidR="00754D3A" w:rsidRDefault="00D95B87" w:rsidP="00925D61">
+    <w:p w14:paraId="3169C719" w14:textId="778174D6" w:rsidR="00754D3A" w:rsidRPr="00214699" w:rsidRDefault="00D95B87" w:rsidP="00925D61">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071543D">
+      <w:r w:rsidRPr="00214699">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Lot Information Form for Random Sampling Test of Lamp</w:t>
+        <w:t xml:space="preserve">Lot Information Form </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2BB2" w:rsidRPr="00214699">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>for Random Sampling Test of Street Light</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD15B18" w14:textId="77777777" w:rsidR="0071543D" w:rsidRPr="0071543D" w:rsidRDefault="0071543D" w:rsidP="00925D61">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4943" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2359"/>
         <w:gridCol w:w="6778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="7029A229" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00D968D3" w:rsidRPr="00A474A2" w14:paraId="7029A229" w14:textId="77777777" w:rsidTr="00D968D3">
         <w:trPr>
-          <w:trHeight w:val="1025"/>
+          <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4207C8DF" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="4207C8DF" w14:textId="6D786D7D" w:rsidR="00D968D3" w:rsidRPr="00A474A2" w:rsidRDefault="00D968D3" w:rsidP="00420F0F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A474A2">
-              <w:t>Component</w:t>
+            <w:r>
+              <w:t>Type of Light</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A474A2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4BF604" w14:textId="40FEDC63" w:rsidR="00D968D3" w:rsidRPr="00A474A2" w:rsidRDefault="00D968D3" w:rsidP="00420F0F">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
+              <w:t xml:space="preserve"> Street Light           </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:bookmarkStart w:id="0" w:name="Check21"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A474A2">
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:t xml:space="preserve"> Flood Light       </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
+              <w:t xml:space="preserve"> Others </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A474A2">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A474A2">
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> Other ………….                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="1CD3BA66" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="083EED45" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="083EED45" w14:textId="0146B881" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00D968D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+              <w:t>Detail of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r w:rsidR="00D968D3">
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7121129B" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="36911ECA" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A298BA" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C9B77D" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="55C9B77D" w14:textId="5D786DD2" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Reference Number(</w:t>
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1265C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A474A2">
               <w:t>Chalani</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A474A2">
               <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="085E9D76" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7856EB4B" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
@@ -1044,1774 +793,708 @@
           </w:tcPr>
           <w:p w14:paraId="398D9A20" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="59493925" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30CB778F" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B66B90" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="08B66B90" w14:textId="0C893506" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Total population approved by AEPC for Import:</w:t>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1265C">
+              <w:t xml:space="preserve">population </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1265C">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="3D49D7E4" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6922255E" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E007AB0" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="536F8F39" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79D65D03" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="79D65D03" w14:textId="0BBCA3D2" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Lot Detail</w:t>
+              <w:t>Detail</w:t>
+            </w:r>
+            <w:r w:rsidR="005B2080">
+              <w:t>s of Lot / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2FBB3E17" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
               <w:t xml:space="preserve">Lot Number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="0C832FAB" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="1196"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="54EC1002" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2EEFD2" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="7F2EEFD2" w14:textId="59B4680F" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
+              <w:t xml:space="preserve">Submit  Electronic copy of Serial Numbers (Excel sheet </w:t>
+            </w:r>
+            <w:r w:rsidR="00694045">
+              <w:t xml:space="preserve">with RETS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t>format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46B335FD" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
-          <w:p w14:paraId="642AF78F" w14:textId="73B4D674" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="642AF78F" w14:textId="56579293" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
               <w:t>Serial Number</w:t>
             </w:r>
-            <w:r w:rsidR="002136F5">
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> ……………………………</w:t>
+            <w:r w:rsidR="00D12BC6">
+              <w:t>: From ……………</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D30">
+              <w:t>….</w:t>
+            </w:r>
+            <w:r w:rsidR="00F66022">
+              <w:t xml:space="preserve"> to ………………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F68222E" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
-          <w:p w14:paraId="38F43ADE" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
-            <w:r w:rsidRPr="00A474A2">
+          <w:p w14:paraId="38F43ADE" w14:textId="5BDF100D" w:rsidR="00754D3A" w:rsidRPr="00BA6526" w:rsidRDefault="00754D3A" w:rsidP="00D12BC6">
+            <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Please attach the sheet if necessary</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA6526">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please attach the sheet if </w:t>
+            </w:r>
+            <w:r w:rsidR="00D12BC6" w:rsidRPr="00BA6526">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="415E63D0" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1FC85E82" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="64DE5B38" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="64DE5B38" w14:textId="581BB32C" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
               <w:t xml:space="preserve">Total Population( Total </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A474A2">
-              <w:t>nos</w:t>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r w:rsidR="000C45E5">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE5A46">
+              <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EE5A46">
+              <w:t xml:space="preserve"> of Street Light</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A474A2">
-              <w:t xml:space="preserve"> of Street lamp) in a lot:</w:t>
+              <w:t>) in a lot:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="7F1512C0" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5D27EEB0" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFCC4C1" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="5FFCC4C1" w14:textId="6CCD084E" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Principle Manufacturer’s Name:</w:t>
+              <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="62B35E34" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="62B35E34" w14:textId="77777777" w:rsidTr="00063D78">
         <w:trPr>
-          <w:trHeight w:val="503"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="667D4C81" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6FECDB55" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="69C26BED" w14:textId="18B4CE9B" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="000C45E5">
             <w:r w:rsidRPr="00A474A2">
-              <w:t xml:space="preserve">Brand : </w:t>
+              <w:t>Brand</w:t>
+            </w:r>
+            <w:r w:rsidR="000C45E5">
+              <w:t xml:space="preserve"> / Model</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A474A2">
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA7505A" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="67232678" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="67232678" w14:textId="77777777" w:rsidTr="00063D78">
         <w:trPr>
-          <w:trHeight w:val="368"/>
+          <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1631DB71" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11BC3CC5" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="7D740650" w14:textId="378B2DDC" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00063D78">
             <w:r w:rsidRPr="00A474A2">
               <w:t xml:space="preserve">Nominal Power (W) : </w:t>
-            </w:r>
-[...3 lines deleted...]
-              <w:t>Nominal Voltage (V):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="47E890D7" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4A87A9BA" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="51872022" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="51872022" w14:textId="54DCD95A" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00063D78" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Country of Manufacture:</w:t>
+              <w:t>Nominal Voltage (V):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="7EF3BAE7" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="400975CD" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="45F91051" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="45F91051" w14:textId="1563C738" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00063D78" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t xml:space="preserve">Date of Manufacture : </w:t>
+              <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="00537C20" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00E91F91" w:rsidRPr="00A474A2" w14:paraId="00537C20" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67563B0F" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="67563B0F" w14:textId="77777777" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00B35A44">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A474A2">
               <w:t>Local Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72249420" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="72249420" w14:textId="62FFF9AC" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:fldChar w:fldCharType="begin">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="388253CD" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00E91F91" w:rsidRPr="00A474A2" w14:paraId="388253CD" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1DCD8BB4" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
+          <w:p w14:paraId="1DCD8BB4" w14:textId="77777777" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="71753515" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="71753515" w14:textId="111A322D" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t xml:space="preserve">Name: </w:t>
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="372D7C26" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00E91F91" w:rsidRPr="00A474A2" w14:paraId="372D7C26" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7AD5ABF9" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
+          <w:p w14:paraId="7AD5ABF9" w14:textId="77777777" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72335AC0" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="72335AC0" w14:textId="35039109" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Address:</w:t>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="64DB289C" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00E91F91" w:rsidRPr="00A474A2" w14:paraId="64DB289C" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67009625" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
+          <w:p w14:paraId="67009625" w14:textId="77777777" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8CE934" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="1C8CE934" w14:textId="64DFD1F2" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F">
             <w:r w:rsidRPr="00A474A2">
-              <w:t>Email:</w:t>
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="776E4AA0" w14:textId="77777777" w:rsidTr="00420F0F">
-[...21 lines deleted...]
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="017B471D" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00E91F91" w:rsidRPr="00A474A2" w14:paraId="017B471D" w14:textId="77777777" w:rsidTr="00420F0F">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D31E445" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
+          <w:p w14:paraId="5D31E445" w14:textId="77777777" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0F068D" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
-[...21 lines deleted...]
-          <w:p w14:paraId="1C147899" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+          <w:p w14:paraId="5E0F068D" w14:textId="79861C48" w:rsidR="00E91F91" w:rsidRPr="00A474A2" w:rsidRDefault="00E91F91" w:rsidP="00420F0F">
+            <w:r>
+              <w:t>Tel/</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A474A2">
               <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="2303B5E7" w14:textId="77777777" w:rsidTr="00420F0F">
+      <w:tr w:rsidR="00754D3A" w:rsidRPr="00A474A2" w14:paraId="2303B5E7" w14:textId="77777777" w:rsidTr="00987448">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="65F33976" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F33976" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00987448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="00A474A2">
               <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3709" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3EF0480C" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
           <w:p w14:paraId="2308C895" w14:textId="77777777" w:rsidR="00754D3A" w:rsidRPr="00A474A2" w:rsidRDefault="00754D3A" w:rsidP="00420F0F"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A05D4D1" w14:textId="77777777" w:rsidR="00250114" w:rsidRDefault="00250114" w:rsidP="0070731B"/>
-    <w:p w14:paraId="1322297E" w14:textId="6D67F288" w:rsidR="0070731B" w:rsidRPr="0070731B" w:rsidRDefault="0070731B" w:rsidP="0070731B">
+    <w:p w14:paraId="2E76C68E" w14:textId="77777777" w:rsidR="008F4BD5" w:rsidRDefault="008F4BD5" w:rsidP="0070731B"/>
+    <w:p w14:paraId="1DABEEAF" w14:textId="77777777" w:rsidR="008F4BD5" w:rsidRDefault="0070731B" w:rsidP="0070731B">
       <w:r w:rsidRPr="0070731B">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C5007D">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0E70603D" w14:textId="77777777" w:rsidR="008F4BD5" w:rsidRDefault="008F4BD5" w:rsidP="0070731B"/>
+    <w:p w14:paraId="1322297E" w14:textId="67F072C8" w:rsidR="0070731B" w:rsidRPr="0070731B" w:rsidRDefault="0070731B" w:rsidP="0070731B">
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="209E7F59" w14:textId="77777777" w:rsidR="0070731B" w:rsidRPr="0070731B" w:rsidRDefault="0070731B" w:rsidP="0070731B">
       <w:r w:rsidRPr="0070731B">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B883220" w14:textId="77777777" w:rsidR="0070731B" w:rsidRPr="0070731B" w:rsidRDefault="0070731B" w:rsidP="0070731B"/>
-[...1038 lines deleted...]
-    <w:p w14:paraId="3278182D" w14:textId="7BEA34E4" w:rsidR="008963E8" w:rsidRPr="008963E8" w:rsidRDefault="0070731B" w:rsidP="008963E8">
+    <w:p w14:paraId="7B883220" w14:textId="77777777" w:rsidR="0070731B" w:rsidRDefault="0070731B" w:rsidP="0070731B"/>
+    <w:p w14:paraId="0828C820" w14:textId="77777777" w:rsidR="008F4BD5" w:rsidRPr="0070731B" w:rsidRDefault="008F4BD5" w:rsidP="0070731B"/>
+    <w:p w14:paraId="3278182D" w14:textId="7BEA34E4" w:rsidR="008963E8" w:rsidRDefault="0070731B" w:rsidP="008963E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="930"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0070731B">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C5007D">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="0070731B">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008963E8" w:rsidRPr="008963E8" w:rsidSect="00FD42B9">
+    <w:p w14:paraId="6B87F521" w14:textId="77777777" w:rsidR="008F4BD5" w:rsidRPr="008963E8" w:rsidRDefault="008F4BD5" w:rsidP="008963E8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="930"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008F4BD5" w:rsidRPr="008963E8" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="4296E7D1" w14:textId="77777777" w:rsidR="00905248" w:rsidRDefault="00905248" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="13F43F7D" w14:textId="77777777" w:rsidR="00905248" w:rsidRDefault="00905248" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2823,162 +1506,163 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0029088A">
+    <w:r w:rsidR="00214699">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0029088A">
+    <w:r w:rsidR="00214699">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="6325C4F2" w14:textId="77777777" w:rsidR="00905248" w:rsidRDefault="00905248" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="41BA9076" w14:textId="77777777" w:rsidR="00905248" w:rsidRDefault="00905248" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="6B8FC43A" w:rsidR="00551892" w:rsidRDefault="00180583" w:rsidP="00180583">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8310"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00F94CB9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0567E0C8" wp14:editId="7D2707EF">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3061,50 +1745,51 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>R/26/02/01</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="4ABDC904" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="2889C620">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-142875</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6000750" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6000750" cy="0"/>
@@ -3489,201 +2174,233 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00026363"/>
+    <w:rsid w:val="00063D78"/>
+    <w:rsid w:val="000C45E5"/>
     <w:rsid w:val="00103DA5"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00180583"/>
     <w:rsid w:val="001C3258"/>
+    <w:rsid w:val="0020451A"/>
     <w:rsid w:val="002136F5"/>
+    <w:rsid w:val="00214699"/>
     <w:rsid w:val="00214C49"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00250114"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="0029088A"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002F0284"/>
     <w:rsid w:val="002F6357"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003E657E"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004C29B7"/>
     <w:rsid w:val="0053103C"/>
+    <w:rsid w:val="00532764"/>
     <w:rsid w:val="00534D91"/>
     <w:rsid w:val="00542278"/>
     <w:rsid w:val="00550B74"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="0058288D"/>
+    <w:rsid w:val="005A1DC9"/>
+    <w:rsid w:val="005B2080"/>
     <w:rsid w:val="005B3BC5"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F6289"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
+    <w:rsid w:val="00690FB1"/>
+    <w:rsid w:val="00694045"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006A184E"/>
     <w:rsid w:val="006A42BF"/>
     <w:rsid w:val="006E305D"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="0070731B"/>
     <w:rsid w:val="0071543D"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00740A16"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00754D3A"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="0078075E"/>
     <w:rsid w:val="00791CC6"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
+    <w:rsid w:val="00862BD8"/>
     <w:rsid w:val="008634C8"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008736B6"/>
+    <w:rsid w:val="00895734"/>
     <w:rsid w:val="008963E8"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="008F4BD5"/>
+    <w:rsid w:val="00905248"/>
+    <w:rsid w:val="0092322E"/>
     <w:rsid w:val="00925D61"/>
     <w:rsid w:val="00930242"/>
     <w:rsid w:val="00960E0E"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="00987448"/>
     <w:rsid w:val="009A22F6"/>
+    <w:rsid w:val="009D2D30"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A474A2"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A7271D"/>
+    <w:rsid w:val="00A975E0"/>
     <w:rsid w:val="00AA2879"/>
+    <w:rsid w:val="00AB5D79"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B35A44"/>
     <w:rsid w:val="00B4161F"/>
+    <w:rsid w:val="00BA6526"/>
     <w:rsid w:val="00BC2546"/>
+    <w:rsid w:val="00BD0A6F"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C039AB"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C5007D"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00D1265C"/>
+    <w:rsid w:val="00D12BC6"/>
     <w:rsid w:val="00D17FB2"/>
+    <w:rsid w:val="00D21927"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D34D9B"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D95B87"/>
     <w:rsid w:val="00D968B2"/>
+    <w:rsid w:val="00D968D3"/>
     <w:rsid w:val="00DB698D"/>
     <w:rsid w:val="00DD2405"/>
     <w:rsid w:val="00DD7334"/>
+    <w:rsid w:val="00E12654"/>
     <w:rsid w:val="00E27470"/>
     <w:rsid w:val="00E42A28"/>
+    <w:rsid w:val="00E91F91"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB3DC1"/>
+    <w:rsid w:val="00EC2BB2"/>
+    <w:rsid w:val="00EE5A46"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F66022"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F7672A"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00F94C9B"/>
     <w:rsid w:val="00F94CB9"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD0AD6"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FF0B6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4595,78 +3312,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B06D89E-4DA9-42B8-A77C-0EC1CC443C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAF9440-47F2-49E3-89EE-FF2B69851C56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2984</Characters>
+  <Pages>2</Pages>
+  <Words>439</Words>
+  <Characters>2506</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3501</CharactersWithSpaces>
+  <CharactersWithSpaces>2940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>