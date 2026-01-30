--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,77 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="3E6CC7AC" w14:textId="4ACFD5F2" w:rsidR="00C450C1" w:rsidRDefault="00C450C1" w:rsidP="003E4C6C"/>
-    <w:p w14:paraId="224F7697" w14:textId="67BAD007" w:rsidR="00137C7B" w:rsidRPr="001406DA" w:rsidRDefault="001406DA" w:rsidP="001406DA">
+    <w:p w14:paraId="224F7697" w14:textId="1E9B279B" w:rsidR="00137C7B" w:rsidRPr="001406DA" w:rsidRDefault="00CC5058" w:rsidP="001406DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="left" w:pos="3585"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001406DA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Application Form for Observation Test of Small SPV System (RST)</w:t>
+        <w:t>Application Form for Random Sampling Test</w:t>
+      </w:r>
+      <w:r w:rsidR="008B42D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Integrated S</w:t>
+      </w:r>
+      <w:r w:rsidR="008B42D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PV System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (&lt;5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC35AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Wp)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="160" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="44"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2763"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF1837" w14:paraId="43855D74" w14:textId="77777777" w:rsidTr="00AF1837">
         <w:trPr>
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -209,128 +255,156 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
         <w:t>We hereby submit one set SPV System comprising of module, battery with control circuit and WLED lamp for testing the products under NEPQA 2015.</w:t>
       </w:r>
       <w:r w:rsidR="001E38C4">
         <w:t>rev1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50BCF911" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CABD8EA" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
         <w:t>We have provided the following documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AD7DBE" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="0FDDAE8C" w14:textId="77777777" w:rsidR="006A0641" w:rsidRDefault="006A0641" w:rsidP="006A0641">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
-        <w:t xml:space="preserve">Certificate of Whole SPV system  </w:t>
+        <w:t xml:space="preserve">Duly filled reception forms </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of Integrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t xml:space="preserve"> SPV system</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BDE23B" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="467DDB32" w14:textId="77777777" w:rsidR="006A0641" w:rsidRDefault="006A0641" w:rsidP="006A0641">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F5BA9">
-        <w:t xml:space="preserve">Catalogue of battery provided by Manufacturer </w:t>
+      <w:r>
+        <w:t>Third Party Test Certificate of Integrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t xml:space="preserve"> SPV system</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609C9CBE" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="654ED8B1" w14:textId="77777777" w:rsidR="006A0641" w:rsidRPr="005F5BA9" w:rsidRDefault="006A0641" w:rsidP="006A0641">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
-        <w:t>Catalogue of WELD lamp and single WLED parameters provided by Manufacturer having parameters at least viewing angle, CRI, CCT.</w:t>
+        <w:t xml:space="preserve">Catalogue </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and technical datasheet of Integrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t xml:space="preserve"> SPV system</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7335FE69" w14:textId="5F5CB9FF" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="1CDBDBBD" w14:textId="77777777" w:rsidR="006A0641" w:rsidRPr="003B38FA" w:rsidRDefault="006A0641" w:rsidP="006A0641">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
-[...14 lines deleted...]
-          <w:numId w:val="5"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F5BA9">
-        <w:t xml:space="preserve">Duly filled reception forms of PV module, battery with control circuit, WLED  </w:t>
+      <w:r w:rsidRPr="003B38FA">
+        <w:t xml:space="preserve">A letter provided by principle manufacturers in their letter head mentioning the warranty for at least 2 years </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9F560E" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="238AA63B" w14:textId="77777777" w:rsidR="006A0641" w:rsidRDefault="006A0641" w:rsidP="006A0641">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F5BA9">
-        <w:t xml:space="preserve">Guarantee and warranty of durability of the system </w:t>
+      <w:r w:rsidRPr="00B87924">
+        <w:t xml:space="preserve">Copy of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">valid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>PIT Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CC8A89" w14:textId="77777777" w:rsidR="00C74405" w:rsidRPr="00B87924" w:rsidRDefault="00C74405" w:rsidP="00C74405">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B87924">
+        <w:t>Serial numbers: Soft copy (Excel sheet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> with RETS format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B87924">
+        <w:t xml:space="preserve">) and Hard </w:t>
+      </w:r>
+      <w:r>
+        <w:t>copy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB4FCC7" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
         <w:t>Others: ………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43521FC8" w14:textId="0EC2AFE2" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F5BA9">
         <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
       </w:r>
       <w:r w:rsidR="00A344F8" w:rsidRPr="00A344F8">
         <w:t xml:space="preserve"> </w:t>
@@ -397,1082 +471,1086 @@
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0E9B41" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31"/>
-    <w:p w14:paraId="7A670E76" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
+    <w:p w14:paraId="7A670E76" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
       <w:r w:rsidRPr="005F5BA9">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5BA9">
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2CC3D792" w14:textId="77777777" w:rsidR="00B4154F" w:rsidRDefault="00B4154F" w:rsidP="00D67E31"/>
+    <w:p w14:paraId="7031C1B8" w14:textId="77777777" w:rsidR="00B4154F" w:rsidRPr="005F5BA9" w:rsidRDefault="00B4154F" w:rsidP="00D67E31"/>
     <w:p w14:paraId="5EA2BCD3" w14:textId="77777777" w:rsidR="00D67E31" w:rsidRPr="005F5BA9" w:rsidRDefault="00D67E31" w:rsidP="00D67E31"/>
     <w:p w14:paraId="3E625133" w14:textId="77777777" w:rsidR="00DD6158" w:rsidRDefault="00DD6158" w:rsidP="00D67E31">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F4EF1E7" w14:textId="2486BE64" w:rsidR="00D67E31" w:rsidRDefault="00D67E31" w:rsidP="00D67E31">
-[...44 lines deleted...]
-    <w:p w14:paraId="3528D4AA" w14:textId="1A1EA45C" w:rsidR="009252AA" w:rsidRDefault="002E4940" w:rsidP="002E4940">
+    <w:p w14:paraId="3528D4AA" w14:textId="4E90EA70" w:rsidR="009252AA" w:rsidRPr="0057648D" w:rsidRDefault="002E4940" w:rsidP="002E4940">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1125"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003135C3">
+      <w:r w:rsidRPr="0057648D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Lot Information Form for Random Sampling Test of SPV System</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Lot Information Form for Random Sampling Test of </w:t>
+      </w:r>
+      <w:r w:rsidR="004E03FC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Integrated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057648D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SPV System</w:t>
+      </w:r>
+      <w:r w:rsidR="004E03FC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (&lt;5Wp)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="41197BC8" w14:textId="77777777" w:rsidR="00E257E5" w:rsidRPr="003135C3" w:rsidRDefault="00E257E5" w:rsidP="002E4940">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1125"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4941" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2077"/>
-        <w:gridCol w:w="7056"/>
+        <w:gridCol w:w="2177"/>
+        <w:gridCol w:w="6956"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="29FA5A7F" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="29FA5A7F" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
-          <w:trHeight w:val="1250"/>
+          <w:trHeight w:val="963"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A734696" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="7A734696" w14:textId="2D1649D1" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00886D77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="007D5781">
               <w:t>Component</w:t>
+            </w:r>
+            <w:r w:rsidR="00011155">
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3367D79D" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="3367D79D" w14:textId="65EC8A15" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="00FB002E" w:rsidP="00FB002E">
+            <w:r>
+              <w:t xml:space="preserve">PV module </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20">
+              <w:t xml:space="preserve">Mono </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:t>Cr</w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80">
+              <w:t>yst</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">alline  </w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="001D1E20">
+              <w:t xml:space="preserve">  Thin-Film</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007D5781">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002971BA">
-[...1 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others……</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CC5">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1E20" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C763E6" w14:textId="60C574F8" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00A81CC5">
             <w:r w:rsidRPr="007D5781">
-              <w:t xml:space="preserve"> PV module    </w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+              <w:t xml:space="preserve">Battery   </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CC5">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002971BA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve"> Li-Ion                  </w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CC5">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002971BA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00555A80">
+              <w:t xml:space="preserve"> Ni-MH</w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CC5">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CC5" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidR="00A81CC5" w:rsidRPr="007D5781">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A81CC5" w:rsidRPr="007D5781">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00A81CC5">
+              <w:t xml:space="preserve"> Others………</w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80" w:rsidRPr="007D5781">
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00555A80">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007D5781">
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22156618" w14:textId="7E05E081" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00A81CC5">
             <w:r w:rsidRPr="007D5781">
-              <w:fldChar w:fldCharType="end"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+              <w:t>Lamp</w:t>
+            </w:r>
+            <w:r w:rsidR="000E37DC">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002971BA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
-[...2 lines deleted...]
-            <w:r w:rsidR="00162D03" w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
+              <w:t>LED</w:t>
+            </w:r>
+            <w:r w:rsidR="00251B92">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="000E37DC">
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002971BA">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidR="00251B92" w:rsidRPr="007D5781">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007D5781">
-[...144 lines deleted...]
-              <w:t xml:space="preserve"> Other</w:t>
+            <w:r w:rsidR="00251B92">
+              <w:t xml:space="preserve"> Others……</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="7AEF4F62" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="7AEF4F62" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="046E8153" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="046E8153" w14:textId="1A471EE2" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00886D77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="007D5781">
-              <w:t>Detail of VAT and TAX Exemption Letter issued from AEPC (For Importer only)</w:t>
+              <w:t>Detail of VAT and TAX Exemption Letter iss</w:t>
+            </w:r>
+            <w:r w:rsidR="00886D77">
+              <w:t>ued from AEPC (if applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E63EFB2" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t>AEPC letter Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="4EDE579E" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="4EDE579E" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49C56CFE" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F338FF" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00F71C9B">
+          <w:p w14:paraId="35F338FF" w14:textId="6322FDE8" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00F71C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6713"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007D5781">
-              <w:t>Reference Number(Chalani Number):</w:t>
+              <w:t>Reference Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00226639">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>Chalani</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D5781">
+              <w:t xml:space="preserve"> Number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="10A0185D" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="10A0185D" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42D41F17" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB99543" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t>Issue Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="66937968" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="66937968" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D36646" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11077801" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="11077801" w14:textId="2FC7C43B" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Total population approved by AEPC for Import:</w:t>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="009703A1">
+              <w:t xml:space="preserve">population </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>Import</w:t>
+            </w:r>
+            <w:r w:rsidR="009703A1">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="3D4F1147" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="3D4F1147" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42A569B7" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="42A569B7" w14:textId="1330C579" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00043BAB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="007D5781">
-              <w:t>Lot Details</w:t>
+              <w:t>Details</w:t>
+            </w:r>
+            <w:r w:rsidR="00886D77">
+              <w:t xml:space="preserve"> of Lot / Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ED570A3" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t>Manufacturer’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="3BD91647" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="3BD91647" w14:textId="77777777" w:rsidTr="00043BAB">
         <w:trPr>
-          <w:trHeight w:val="503"/>
+          <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D56B87F" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F0A29A" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="049AA5D9" w14:textId="770004CC" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00043BAB">
             <w:r w:rsidRPr="007D5781">
-              <w:t xml:space="preserve">Brand : </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="049AA5D9" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+              <w:t>Brand</w:t>
+            </w:r>
+            <w:r w:rsidR="00043BAB">
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
             <w:r w:rsidRPr="007D5781">
               <w:t xml:space="preserve">Model : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="24162EA4" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="24162EA4" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12386E39" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E93EAD" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t xml:space="preserve">Nominal Power (Wp) : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="410C99BB" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="410C99BB" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02082179" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF8D4E9" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="0CF8D4E9" w14:textId="56C50603" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Batch No:</w:t>
+              <w:t>Batch No</w:t>
+            </w:r>
+            <w:r w:rsidR="00043BAB">
+              <w:t xml:space="preserve"> (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="4CE5A2BE" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="4CE5A2BE" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B72766A" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113582BF" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t>Lot No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="5F2D86ED" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="5F2D86ED" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A12632" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61431777" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="61431777" w14:textId="5F847D53" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Submit  Electronic copy of Serial Numbers (Excel sheet format) and Hard copy  to RETS</w:t>
+              <w:t xml:space="preserve">Submit  Electronic copy of Serial Numbers (Excel sheet </w:t>
+            </w:r>
+            <w:r w:rsidR="00043BAB">
+              <w:t xml:space="preserve">with RETS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>format) and Hard copy  to RETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65E81F1F" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="65E81F1F" w14:textId="0C1B523E" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Serial Number: From …………….. to ………………………………..</w:t>
+              <w:t>Serial Number: From ……………</w:t>
+            </w:r>
+            <w:r w:rsidR="00043BAB">
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D5781">
+              <w:t>. to …………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14FEE1E0" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
-          <w:p w14:paraId="112BFA49" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="112BFA49" w14:textId="6A37B072" w:rsidR="009252AA" w:rsidRPr="00184CB2" w:rsidRDefault="009252AA" w:rsidP="005D5CAD">
             <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D5781">
+            <w:r w:rsidRPr="00184CB2">
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Please attach the sheet if necessary</w:t>
+              <w:t xml:space="preserve">Please attach the sheet if </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5CAD" w:rsidRPr="00184CB2">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>not in serial manner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="54CB8F7B" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="54CB8F7B" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="709E2C14" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0DF060" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t>Country of Manufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="02821B27" w14:textId="77777777" w:rsidTr="00954B5A">
-[...23 lines deleted...]
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="691AF7B1" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="691AF7B1" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54585C84" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE21A62" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
               <w:t xml:space="preserve">Total Population (total no. of PV modules) in a lot: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="5D5FC2AB" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="5D5FC2AB" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9D3630" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="4A9D3630" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="004E03FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="007D5781">
               <w:t>Local Company Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C34B711" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="0C34B711" w14:textId="78D20F4E" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:fldChar w:fldCharType="begin">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> Non Pre-qualified</w:t>
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="7F68DE8E" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="7F68DE8E" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBBFC81" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="3DBBFC81" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD2A74B" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="6FD2A74B" w14:textId="2DA22A0F" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t xml:space="preserve">Name: </w:t>
+              <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="7E8C8CEA" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="7E8C8CEA" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="752EE698" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="752EE698" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23513C8C" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="23513C8C" w14:textId="41344BB4" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Address:</w:t>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="1D544162" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="1D544162" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7106E6D7" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="7106E6D7" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D2AD6F" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="30D2AD6F" w14:textId="0E491275" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
             <w:r w:rsidRPr="007D5781">
-              <w:t>Email:</w:t>
+              <w:t>Contact Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="0E46FFE5" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="0E46FFE5" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="445D2012" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="445D2012" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A439B7" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
+          <w:p w14:paraId="43A439B7" w14:textId="2455D2B8" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
+            <w:r>
+              <w:t xml:space="preserve">Tel / </w:t>
+            </w:r>
             <w:r w:rsidRPr="007D5781">
-              <w:t>Tel No. / Fax :</w:t>
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252AA" w:rsidRPr="007D5781" w14:paraId="57AD5092" w14:textId="77777777" w:rsidTr="00954B5A">
+      <w:tr w:rsidR="004E03FC" w:rsidRPr="007D5781" w14:paraId="5DAB0078" w14:textId="77777777" w:rsidTr="00886D77">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="1192" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54D3A292" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="311473F9" w14:textId="043DE805" w:rsidR="004E03FC" w:rsidRPr="007D5781" w:rsidRDefault="004E03FC" w:rsidP="00954B5A">
+            <w:r>
+              <w:t>Others</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="pct"/>
+            <w:tcW w:w="3808" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5610A596" w14:textId="77777777" w:rsidR="009252AA" w:rsidRPr="007D5781" w:rsidRDefault="009252AA" w:rsidP="00954B5A">
-[...27 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="55FAB4EC" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
+          <w:p w14:paraId="78B1F258" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRDefault="004E03FC" w:rsidP="00954B5A"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F09F152" w14:textId="4B6D24C7" w:rsidR="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="009252AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1125"/>
         </w:tabs>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8F7570" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="005F5BA9" w:rsidRDefault="004E03FC" w:rsidP="004E03FC">
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+        <w:t>Company Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03994519" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="005F5BA9" w:rsidRDefault="004E03FC" w:rsidP="004E03FC"/>
+    <w:p w14:paraId="29FC89DA" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="005F5BA9" w:rsidRDefault="004E03FC" w:rsidP="004E03FC">
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t>Designation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+        <w:t>Stamp:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58414BC2" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRPr="005F5BA9" w:rsidRDefault="004E03FC" w:rsidP="004E03FC"/>
+    <w:p w14:paraId="5C0429F7" w14:textId="77777777" w:rsidR="004E03FC" w:rsidRDefault="004E03FC" w:rsidP="004E03FC">
+      <w:r w:rsidRPr="005F5BA9">
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5BA9">
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="76CC7956" w14:textId="77777777" w:rsidR="001C6E25" w:rsidRDefault="001C6E25" w:rsidP="009252AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1125"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D57C976" w14:textId="77777777" w:rsidR="001C6E25" w:rsidRPr="00137C7B" w:rsidRDefault="001C6E25" w:rsidP="009252AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1125"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9105" w:type="dxa"/>
         <w:tblInd w:w="3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1548,51 +1626,51 @@
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
                     <v:line w14:anchorId="301775D9" id="Straight Connector 13" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="332.1pt,6.3pt" to="441.6pt,6.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ofRszwEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GOEzEMvSPxD1HudKa7YgWjTvfQ1XJB&#10;ULHwAdmM04mUxJETOu3f46TtdAVICMTFM078nu1nZ3V/8E7sgZLF0MvlopUCgsbBhl0vv319fPNO&#10;ipRVGJTDAL08QpL369evVlPs4AZHdAOQYJKQuin2csw5dk2T9AhepQVGCHxpkLzK7NKuGUhNzO5d&#10;c9O2d82ENERCDSnx6cPpUq4rvzGg82djEmThesm15Wqp2udim/VKdTtScbT6XIb6hyq8soGTzlQP&#10;KivxnewvVN5qwoQmLzT6Bo2xGmoP3M2y/ambp1FFqL2wOCnOMqX/R6s/7bck7MCzu5UiKM8zesqk&#10;7G7MYoMhsIJIgi9ZqSmmjgGbsKWzl+KWStsHQ758uSFxqOoeZ3XhkIXmw+Xt+/buLQ9BX+6aKzBS&#10;yh8AvSg/vXQ2lMZVp/YfU+ZkHHoJKccuFJvQ2eHROledsjKwcST2ioedD8tSMuNeRLFXkE1p5FR6&#10;/ctHByfWL2BYjFJszV7X8MqptIaQL7wucHSBGa5gBrZ/Bp7jCxTqiv4NeEbUzBjyDPY2IP0u+1UK&#10;c4q/KHDqu0jwjMOxDrVKw7tWlTu/i7LML/0Kv77e9Q8AAAD//wMAUEsDBBQABgAIAAAAIQAw5iOZ&#10;3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I2pLiFmUyTQiwfBRorH&#10;bXaaBLOzIbtt0n/viAc9znsfb94rNosbxBmn0HvS8LBKQCA13vbUaviot/cZiBANWTN4Qg0XDLAp&#10;r68Kk1s/0zued7EVHEIhNxq6GMdcytB06ExY+RGJvaOfnIl8Tq20k5k53A0yTRIlnemJP3RmxKrD&#10;5mt3cho+27v1dl9TPVfx7ai65bJ/faq0vr1ZXp5BRFziHww/9bk6lNzp4E9kgxg0KPWYMspGqkAw&#10;kGVrFg6/giwL+X9B+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6ofRszwEAAAUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAw5iOZ3QAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAACkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00F71C9B" w:rsidRPr="00914A98">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>For Office Use Only</w:t>
             </w:r>
             <w:r w:rsidR="00F71C9B" w:rsidRPr="00D179EC">
               <w:t xml:space="preserve">:                                                         RETS </w:t>
             </w:r>
             <w:r w:rsidR="00F71C9B">
               <w:t xml:space="preserve">ID: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5449BD28" w14:textId="77777777" w:rsidR="00F71C9B" w:rsidRDefault="00F71C9B" w:rsidP="00514846">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
@@ -1640,51 +1718,51 @@
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
                     <v:line w14:anchorId="494ADB22" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="57.6pt,9.45pt" to="446.85pt,9.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsC8OKzwEAAAMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNO1SYIma7qGr5YKg&#10;YuEDvM64sWR7rLFp2r9n7LbpCpAQiIuTsee9mfc8Xt0dvBN7oGQxdHIxm0sBQWNvw66T374+vLqV&#10;ImUVeuUwQCePkOTd+uWL1RhbuMEBXQ8kmCSkdoydHHKObdMkPYBXaYYRAh8aJK8yh7RrelIjs3vX&#10;3Mznb5sRqY+EGlLi3fvToVxXfmNA58/GJMjCdZJ7y3Wluj6VtVmvVLsjFQerz22of+jCKxu46ER1&#10;r7IS38n+QuWtJkxo8kyjb9AYq6FqYDWL+U9qHgcVoWphc1KcbEr/j1Z/2m9J2L6TfFFBeb6ix0zK&#10;7oYsNhgCG4gkbotPY0wtp2/Cls5Rilsqog+GfPmyHHGo3h4nb+GQhebN5fvl6+W7N1Loy1lzBUZK&#10;+QOgF+Wnk86GIlu1av8xZS7GqZeUsu1CWRM62z9Y52pQBgY2jsRe8VXnw6K0zLhnWRwVZFOEnFqv&#10;f/no4MT6BQxbwc0uavU6hFdOpTWEfOF1gbMLzHAHE3D+Z+A5v0ChDujfgCdErYwhT2BvA9Lvql+t&#10;MKf8iwMn3cWCJ+yP9VKrNTxp1bnzqyij/Dyu8OvbXf8AAAD//wMAUEsDBBQABgAIAAAAIQAotMEJ&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2E1bWtOYTZFALx4EGyke&#10;t9lpNpidDdltk/57Rzzobd7M48338u3kOnHBIbSeFMxnCQik2puWGgUf1e4xBRGiJqM7T6jgigG2&#10;xe1NrjPjR3rHyz42gkMoZFqBjbHPpAy1RafDzPdIfDv5wenIcmikGfTI4a6TiyRZS6db4g9W91ha&#10;rL/2Z6fgs3lY7g4VVWMZ305rO10Pr6tSqfu76eUZRMQp/pnhB5/RoWCmoz+TCaJjPV8t2MpDugHB&#10;hnSzfAJx/F3IIpf/GxTfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKwLw4rPAQAAAwQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACi0wQnfAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAAKQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>Company:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="552DB7D9" w14:textId="5B26CAA5" w:rsidR="00F71C9B" w:rsidRDefault="00F71C9B" w:rsidP="00514846">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
@@ -1726,70 +1804,68 @@
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
                     <v:line w14:anchorId="4659E0E9" id="Straight Connector 9" o:spid="_x0000_s1026" style="position:absolute;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="80.1pt,9.15pt" to="178.35pt,9.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp0ETIzwEAAAMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujZ2obbpWnD1ktb1U&#10;bdTdfgCLIUYCBg00dv6+A06cVVup6mov2APz3sx7DJvb0Vl2VBgN+JYvFzVnykvojD+0/Mfj/btP&#10;nMUkfCcseNXyk4r8dvv2zWYIjVpBD7ZTyIjEx2YILe9TCk1VRdkrJ+ICgvJ0qAGdSBTioepQDMTu&#10;bLWq64/VANgFBKlipN276ZBvC7/WSqZvWkeVmG059ZbKimV9ymu13YjmgCL0Rp7bEC/owgnjqehM&#10;dSeSYD/R/EHljESIoNNCgqtAayNV0UBqlvVvah56EVTRQubEMNsUX49Wfj3ukZmu5TeceeHoih4S&#10;CnPoE9uB92QgILvJPg0hNpS+83s8RzHsMYseNbr8JTlsLN6eZm/VmJikzeXq/Xq9/sCZvJxVV2DA&#10;mD4rcCz/tNwan2WLRhy/xETFKPWSkretz2sEa7p7Y20J8sConUV2FHTVaVzmlgn3LIuijKyykKn1&#10;8pdOVk2s35UmK3KzpXoZwiunkFL5dOG1nrIzTFMHM7D+N/Ccn6GqDOj/gGdEqQw+zWBnPODfql+t&#10;0FP+xYFJd7bgCbpTudRiDU1ace78KvIoP48L/Pp2t78AAAD//wMAUEsDBBQABgAIAAAAIQAdY7OT&#10;3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0NjSVmUyTQiwfBRorH&#10;bXaaDWZnQ3bbpP/eEQ/2Nm/m8eZ7xWZ2vTjjGDpPCp4WCQikxpuOWgWf9fZxDSJETUb3nlDBBQNs&#10;ytubQufGT/SB511sBYdQyLUCG+OQSxkai06HhR+Q+Hb0o9OR5dhKM+qJw10vl0mSSac74g9WD1hZ&#10;bL53J6fgq31It/ua6qmK78fMzpf926pS6v5ufn0BEXGO/2b4xWd0KJnp4E9kguhZZ8mSrTysUxBs&#10;SFfZM4jD30KWhbxuUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6dBEyM8BAAADBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHWOzk94AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAAApBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00AD7A02">
               <w:t xml:space="preserve">Received Date:                            </w:t>
             </w:r>
             <w:r w:rsidR="006D2FD9">
               <w:t xml:space="preserve">                      </w:t>
             </w:r>
             <w:r w:rsidR="00C3546F">
               <w:t>Observation</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00FB02E3">
               <w:t xml:space="preserve"> Test</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11F5973C" w14:textId="6D0DBDAA" w:rsidR="00F71C9B" w:rsidRPr="00137C7B" w:rsidRDefault="00F71C9B" w:rsidP="00514846">
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15B78A2D" wp14:editId="07653258">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>4293870</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>91440</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1381125" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="10" name="Straight Connector 10"/>
@@ -1817,51 +1893,51 @@
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
                     <v:line w14:anchorId="142B1368" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="338.1pt,7.2pt" to="446.85pt,7.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYTLOWzgEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE0RaBU13UNXywVB&#10;xcIHeJ1xY8n2WGPTpn/P2G3TFSAhEBcnY897M+95vL6fvBMHoGQx9LJdLKWAoHGwYd/Lb18f39xJ&#10;kbIKg3IYoJcnSPJ+8/rV+hg7WOGIbgASTBJSd4y9HHOOXdMkPYJXaYERAh8aJK8yh7RvBlJHZveu&#10;WS2X75sj0hAJNaTEuw/nQ7mp/MaAzp+NSZCF6yX3lutKdX0ua7NZq25PKo5WX9pQ/9CFVzZw0Znq&#10;QWUlvpP9hcpbTZjQ5IVG36AxVkPVwGra5U9qnkYVoWphc1KcbUr/j1Z/OuxI2IHvju0JyvMdPWVS&#10;dj9mscUQ2EEkwYfs1DGmjgHbsKNLlOKOiuzJkC9fFiSm6u5pdhemLDRvtm/v2nb1Tgp9PWtuwEgp&#10;fwD0ovz00tlQhKtOHT6mzMU49ZpStl0oa0Jnh0frXA3KyMDWkTgovuw8taVlxr3I4qggmyLk3Hr9&#10;yycHZ9YvYNiM0mytXsfwxqm0hpCvvC5wdoEZ7mAGLv8MvOQXKNQR/RvwjKiVMeQZ7G1A+l31mxXm&#10;nH914Ky7WPCMw6learWGZ606d3kXZZhfxhV+e72bHwAAAP//AwBQSwMEFAAGAAgAAAAhANXIuKPf&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IpWyjG6XphCrtwgGJFU0c&#10;s8ZrKhqnarK1e3uMOMDR/j/9/pxvJteJMw6h9aTgYZaAQKq9aalR8FFt79cgQtRkdOcJFVwwwKa4&#10;vsp1ZvxI73jexUZwCYVMK7Ax9pmUobbodJj5Homzox+cjjwOjTSDHrncdXKeJKl0uiW+YHWPpcX6&#10;a3dyCj6bu8V2X1E1lvHtmNrpsn99LJW6vZlenkFEnOIfDD/6rA4FOx38iUwQnYJ0lc4Z5WC5BMHA&#10;+mmxAnH4Xcgil/8/KL4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGEyzls4BAAAFBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1ci4o98AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAAAoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C07C8E5" wp14:editId="31B2E34B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1017270</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>99060</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1247775" cy="0"/>
@@ -1892,51 +1968,51 @@
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
                     <v:line w14:anchorId="3A7A895C" id="Straight Connector 11" o:spid="_x0000_s1026" style="position:absolute;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="80.1pt,7.8pt" to="178.35pt,7.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzGmfAzgEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG0FFEVN99DVckFQ&#10;sewHeJ1xY8n2WGPTpn/P2G3TFSAhEBcnY897M+95vL4bvRMHoGQxdHIxm0sBQWNvw76TT98e3nyQ&#10;ImUVeuUwQCdPkOTd5vWr9TG2sMQBXQ8kmCSk9hg7OeQc26ZJegCv0gwjBD40SF5lDmnf9KSOzO5d&#10;s5zP3zdHpD4SakiJd+/Ph3JT+Y0Bnb8YkyAL10nuLdeV6vpc1mazVu2eVBysvrSh/qELr2zgohPV&#10;vcpKfCf7C5W3mjChyTONvkFjrIaqgdUs5j+peRxUhKqFzUlxsin9P1r9+bAjYXu+u4UUQXm+o8dM&#10;yu6HLLYYAjuIJPiQnTrG1DJgG3Z0iVLcUZE9GvLly4LEWN09Te7CmIXmzcXy7Wq1eieFvp41N2Ck&#10;lD8CelF+OulsKMJVqw6fUuZinHpNKdsulDWhs/2Dda4GZWRg60gcFF92HmvLjHuRxVFBNkXIufX6&#10;l08OzqxfwbAZpdlavY7hjVNpDSFfeV3g7AIz3MEEnP8ZeMkvUKgj+jfgCVErY8gT2NuA9LvqNyvM&#10;Of/qwFl3seAZ+1O91GoNz1p1/PIuyjC/jCv89no3PwAAAP//AwBQSwMEFAAGAAgAAAAhANaITYTe&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYu0G1uylphNkUAvHgQbKR63&#10;2WkSzM6G7LZJ/70jHvQ2b+bx5nv5dna9uOAYOk8aHpcJCKTa244aDR/VbrEBEaIha3pPqOGKAbbF&#10;7U1uMusnesfLPjaCQyhkRkMb45BJGeoWnQlLPyDx7eRHZyLLsZF2NBOHu16ukkRJZzriD60ZsGyx&#10;/tqfnYbP5mG9O1RUTWV8O6l2vh5e01Lr+7v55RlExDn+meEHn9GhYKajP5MNometkhVbeUgVCDas&#10;U/UE4vi7kEUu/zcovgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzGmfAzgEAAAUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDWiE2E3gAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>No. of Samples:</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="00E3479D">
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
             <w:r w:rsidR="00AD7A02">
               <w:t>Samples Received By</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
             <w:r>
@@ -2240,51 +2316,51 @@
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>__</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="1403DBBF" w14:textId="77777777" w:rsidR="00F71C9B" w:rsidRDefault="00F71C9B" w:rsidP="00F71C9B"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="36C66F84" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:79.5pt;margin-top:720.15pt;width:485.6pt;height:82.9pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHNq2dKwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vviyJE2NOEWXLsOA&#10;7gK0+wBZlm1hsqhJSuzs60vJaRZ028swPwiiSB2R55Be34y9IgdhnQRd0myWUiI0h1rqtqTfHndv&#10;VpQ4z3TNFGhR0qNw9Gbz+tV6MIXIoQNVC0sQRLtiMCXtvDdFkjjeiZ65GRih0dmA7ZlH07ZJbdmA&#10;6L1K8jRdJgPY2ljgwjk8vZucdBPxm0Zw/6VpnPBElRRz83G1ca3CmmzWrGgtM53kpzTYP2TRM6nx&#10;0TPUHfOM7K38DaqX3IKDxs849Ak0jeQi1oDVZOmLah46ZkSsBclx5kyT+3+w/PPhqyWyRu1ySjTr&#10;UaNHMXryDkaCR8jPYFyBYQ8GA/2I5xgba3XmHvh3RzRsO6ZbcWstDJ1gNeaXhZvJxdUJxwWQavgE&#10;Nb7D9h4i0NjYPpCHdBBER52OZ21CLhwPl9nyKsvRxdGXpYt89Taql7Di+bqxzn8Q0JOwKalF8SM8&#10;O9w7H9JhxXNIeM2BkvVOKhUN21ZbZcmBYaPs4hcreBGmNBlKer3IFxMDf4VI4/cniF567Hgl+5Ku&#10;zkGsCLy913XsR8+kmvaYstInIgN3E4t+rMaTMBXUR6TUwtTZOIm46cD+pGTAri6p+7FnVlCiPmqU&#10;5Tqbz8MYRGO+uAqE2ktPdelhmiNUST0l03brp9HZGyvbDl+aGkHDLUrZyEhy0HzK6pQ3dm7k/jRl&#10;YTQu7Rj161+weQIAAP//AwBQSwMEFAAGAAgAAAAhAFTiYEviAAAADgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SFxQa6cJoQ1xKoQEojdoEVzdeJtE+CfEbhrenu0JbjPa0ew35Xqy&#10;ho04hM47CclcAENXe925RsL77mm2BBaicloZ71DCDwZYV5cXpSq0P7k3HLexYVTiQqEktDH2Beeh&#10;btGqMPc9Orod/GBVJDs0XA/qROXW8IUQObeqc/ShVT0+tlh/bY9WwjJ7GT/DJn39qPODWcWbu/H5&#10;e5Dy+mp6uAcWcYp/YTjjEzpUxLT3R6cDM+RvV7QlksgykQI7R5JULIDtSeUiT4BXJf8/o/oFAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARzatnSsCAABTBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVOJgS+IAAAAOAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="66289EB3" w14:textId="77777777" w:rsidR="00F71C9B" w:rsidRPr="00534E1B" w:rsidRDefault="00F71C9B" w:rsidP="00F71C9B">
                             <w:pPr>
                               <w:pStyle w:val="Footer"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="3F5D2B98" w14:textId="77777777" w:rsidR="00F71C9B" w:rsidRPr="00F81388" w:rsidRDefault="00F71C9B" w:rsidP="00F71C9B">
                             <w:pPr>
                               <w:pStyle w:val="Footer"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
@@ -2521,284 +2597,276 @@
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="36461D79" w14:textId="0904C9FC" w:rsidR="00F71C9B" w:rsidRDefault="00F71C9B" w:rsidP="00F71C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5910"/>
               </w:tabs>
               <w:ind w:left="105"/>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35207ED7" w14:textId="77777777" w:rsidR="002971BA" w:rsidRDefault="002971BA" w:rsidP="0098113F">
+    <w:p w14:paraId="48224FF5" w14:textId="77777777" w:rsidR="000B78D6" w:rsidRDefault="000B78D6" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6157284F" w14:textId="77777777" w:rsidR="002971BA" w:rsidRDefault="002971BA" w:rsidP="0098113F">
+    <w:p w14:paraId="3F13CFAD" w14:textId="77777777" w:rsidR="000B78D6" w:rsidRDefault="000B78D6" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="02040503050203030202"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C3546F">
+    <w:r w:rsidR="004E03FC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C3546F">
+    <w:r w:rsidR="004E03FC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49F299A2" w14:textId="77777777" w:rsidR="002971BA" w:rsidRDefault="002971BA" w:rsidP="0098113F">
+    <w:p w14:paraId="72ABF268" w14:textId="77777777" w:rsidR="000B78D6" w:rsidRDefault="000B78D6" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E6DFAF8" w14:textId="77777777" w:rsidR="002971BA" w:rsidRDefault="002971BA" w:rsidP="0098113F">
+    <w:p w14:paraId="3BF33192" w14:textId="77777777" w:rsidR="000B78D6" w:rsidRDefault="000B78D6" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="2FEE99D7" w:rsidR="00551892" w:rsidRPr="00FB4306" w:rsidRDefault="00FB4306" w:rsidP="00FB4306">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
@@ -2923,51 +2991,51 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="4ABF16B9" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-10.5pt,16.3pt" to="468pt,16.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0U9aI3QEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06S7ogtR033oqrwg&#10;qFj4ANcZN5Z809g07d8zdtLsChDSrsiD48ucM3OOx+v7szXsBBi1dy1fLmrOwEnfaXds+Y/vu3cf&#10;OItJuE4Y76DlF4j8fvP2zXoIDdz43psOkBGJi80QWt6nFJqqirIHK+LCB3B0qDxakWiJx6pDMRC7&#10;NdVNXa+qwWMX0EuIkXYfxkO+KfxKgUxflYqQmGk51ZbKiGU85LHarEVzRBF6LacyxCuqsEI7SjpT&#10;PYgk2E/Uf1BZLdFHr9JCelt5pbSEooHULOvf1Dz2IkDRQubEMNsU/x+t/HLaI9Ndy285c8LSFT0m&#10;FPrYJ7b1zpGBHtlt9mkIsaHwrdvjtIphj1n0WaHNf5LDzsXby+wtnBOTtLmq71Yf39MVyOtZ9QQM&#10;GNMn8JblScuNdlm2aMTpc0yUjEKvIXnbODa0/G5FDVDCoje622lj8mHE42FrkJ0EXfluV9OXqyeK&#10;Z2G0Mo42s6ZRRZmli4ExwTdQ5ArVvRwz5H6EmVZICS4tJ17jKDrDFJUwA6fS/gWc4jMUSq++BDwj&#10;Smbv0gy22nn8W9npfC1ZjfFXB0bd2YKD7y7lfos11HTFuemB5K5+vi7wp2e8+QUAAP//AwBQSwME&#10;FAAGAAgAAAAhAE5yP3vdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxa&#10;J04VQYhTISQQJypKBVc33sYRsR3ZbhL+nkUc4Lizo5k39XaxA5swxN47Cfk6A4au9bp3nYTD2+Pq&#10;BlhMymk1eIcSvjDCtrm8qFWl/execdqnjlGIi5WSYFIaK85ja9CquPYjOvqdfLAq0Rk6roOaKdwO&#10;XGRZya3qHTUYNeKDwfZzf7YSNqddmb+8i515zjbh6UPMxXSYpby+Wu7vgCVc0p8ZfvAJHRpiOvqz&#10;05ENElYipy1JQiFKYGS4LUoSjr8Cb2r+f0HzDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADRT1ojdAQAADgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAE5yP3vdAAAACQEAAA8AAAAAAAAAAAAAAAAANwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" strokecolor="red" strokeweight="6pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Effective Date</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -3027,51 +3095,51 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="04097C6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4503852"/>
     <w:lvl w:ilvl="0" w:tplc="58F041D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3263,50 +3331,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="21DA5DFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D348F846"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="272874F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3561D0E"/>
     <w:lvl w:ilvl="0" w:tplc="58F041D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3379,51 +3536,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="3BC24773"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89CE2A5A"/>
+    <w:lvl w:ilvl="0" w:tplc="2A80CFD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2790" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3510" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4230" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4950" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5670" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6390" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3C8323F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C8C1E84"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3492,51 +3762,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="61694918"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE3A6F2E"/>
     <w:lvl w:ilvl="0" w:tplc="58F041D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3609,51 +3879,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="61890330"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08EEFF9A"/>
     <w:lvl w:ilvl="0" w:tplc="58F041D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3726,51 +3996,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7083137C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68D88C42"/>
     <w:lvl w:ilvl="0" w:tplc="58F041D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3844,628 +4114,739 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
+    <w:rsid w:val="00011155"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00043BAB"/>
     <w:rsid w:val="0006151C"/>
+    <w:rsid w:val="000B78D6"/>
     <w:rsid w:val="000D28F1"/>
+    <w:rsid w:val="000E37DC"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001406DA"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="00162D03"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="00171696"/>
     <w:rsid w:val="0017280F"/>
+    <w:rsid w:val="00184CB2"/>
     <w:rsid w:val="001C6E25"/>
+    <w:rsid w:val="001D1E20"/>
     <w:rsid w:val="001E38C4"/>
     <w:rsid w:val="00205FAC"/>
     <w:rsid w:val="0022653B"/>
+    <w:rsid w:val="00226639"/>
     <w:rsid w:val="00227BB7"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="002315CF"/>
+    <w:rsid w:val="00251B92"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002971BA"/>
     <w:rsid w:val="002E4940"/>
     <w:rsid w:val="003135C3"/>
     <w:rsid w:val="003867C8"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004B1D0B"/>
+    <w:rsid w:val="004E03FC"/>
     <w:rsid w:val="004E189B"/>
     <w:rsid w:val="00514846"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00555A80"/>
+    <w:rsid w:val="0057648D"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005C26EF"/>
+    <w:rsid w:val="005D5CAD"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="005F5BA9"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00670BF4"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006A0641"/>
     <w:rsid w:val="006D2FD9"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00724D16"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="00766DE7"/>
     <w:rsid w:val="007B0B3C"/>
     <w:rsid w:val="007D5781"/>
     <w:rsid w:val="007F0723"/>
     <w:rsid w:val="008032C4"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="008735EE"/>
+    <w:rsid w:val="00886D77"/>
+    <w:rsid w:val="008B42D2"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="009252AA"/>
     <w:rsid w:val="00940E21"/>
     <w:rsid w:val="00941B37"/>
+    <w:rsid w:val="00965ACE"/>
+    <w:rsid w:val="009703A1"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="00A344F8"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A60C9E"/>
+    <w:rsid w:val="00A81CC5"/>
     <w:rsid w:val="00AA28F8"/>
     <w:rsid w:val="00AD7A02"/>
     <w:rsid w:val="00AF1837"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B10CCC"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B332BC"/>
+    <w:rsid w:val="00B4154F"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C3546F"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C74405"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C93B18"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC35AE"/>
+    <w:rsid w:val="00CC5058"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D42AED"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00D50A78"/>
     <w:rsid w:val="00D67E31"/>
     <w:rsid w:val="00D73290"/>
     <w:rsid w:val="00DD6158"/>
     <w:rsid w:val="00E1325C"/>
     <w:rsid w:val="00E257E5"/>
     <w:rsid w:val="00E271A2"/>
     <w:rsid w:val="00E3479D"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00F03043"/>
     <w:rsid w:val="00F13E8A"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F71C9B"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00F95F15"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FB002E"/>
     <w:rsid w:val="00FB02E3"/>
     <w:rsid w:val="00FB4306"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
-  <w15:docId w15:val="{17F6E432-C853-4A86-BF7D-F4EE9A7F2E02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0085331D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00604126"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4674F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085331D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -4581,73 +4962,73 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1183781052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4899,93 +5280,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8B605F3-1AC3-4F93-9BC9-E0E6AEF62EAC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9583FBD7-37DA-4CE8-B6D9-35018A1EB43E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>500</Words>
-  <Characters>2852</Characters>
+  <Words>470</Words>
+  <Characters>2681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3346</CharactersWithSpaces>
+  <CharactersWithSpaces>3145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>