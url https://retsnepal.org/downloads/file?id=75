--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -7,4159 +7,10093 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="740BECF9" w14:textId="77777777" w:rsidR="00845938" w:rsidRDefault="00845938" w:rsidP="00806991">
+    <w:p w14:paraId="2639C34D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00DE0D66" w:rsidP="0082023C">
       <w:pPr>
-        <w:ind w:firstLine="432"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="432"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DE0D66">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Reception Form PIT/RST</w:t>
+      </w:r>
+      <w:r w:rsidR="00070270">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>; Integrated SPV System (&lt;5Wp)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0D66">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1813C153" w14:textId="3D974FE4" w:rsidR="006F1281" w:rsidRPr="00DE0D66" w:rsidRDefault="00DE0D66" w:rsidP="00845938">
+    <w:p w14:paraId="1202C2DD" w14:textId="393B2F88" w:rsidR="00F213D9" w:rsidRPr="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
-        <w:ind w:firstLine="432"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE0D66">
+      <w:r w:rsidRPr="00F213D9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Reception Form PIT/RST (Manufacturer’s Information)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00A01FE2">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Reception Form of PV Module for Small Solar PV System</w:t>
+        <w:t>Reception Form of PV Module for Integrated SPV System (&lt;5Wp)</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="140"/>
         <w:tblW w:w="5092" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3471"/>
-        <w:gridCol w:w="5941"/>
+        <w:gridCol w:w="3258"/>
+        <w:gridCol w:w="6154"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="45F5148C" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="2F6FC115" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="pct"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFA5E32" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="1" w:name="Text42"/>
-[...8 lines deleted...]
-                  <w:name w:val="Text42"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FC69B3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="1E859798" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4F2049" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Manufacturer’s Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9692AC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Mailing Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="69BD1487" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06156429" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB0265F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Email :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="0CAC4786" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C96F5D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC200F9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Website:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="77C2080D" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484084EB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (who bring)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E380FC6" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="1DA603E7" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BBD4EE" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Local Supplier’s Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E49230" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC93294" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Mailing:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="0C172FF2" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F067E0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CD9D45" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="1B70F22B" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7096FC27" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B544892" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="2B2AC540" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5707091A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F50E1A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:bookmarkStart w:id="1" w:name="Text11"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="1212DBF9" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="43C7179C" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="pct"/>
-[...198 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DDFEDF" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3156" w:type="pct"/>
-[...5 lines deleted...]
-                  <w:name w:val="Check1"/>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39876397" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...10 lines deleted...]
-                  <w:name w:val="Check2"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A0462A3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...43 lines deleted...]
-                  <w:name w:val="Text28"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  Imported</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="3548C555" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...2 lines deleted...]
-                  <w:name w:val="Text29"/>
+            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...31 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="647DDDAD" w14:textId="77777777" w:rsidTr="002E3F34">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="57A96699" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E18B52" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3156" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33808512" w14:textId="77777777" w:rsidR="00E37175" w:rsidRPr="00E37175" w:rsidRDefault="00E37175" w:rsidP="002E3F34"/>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AAA5DA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
+            <w:r w:rsidRPr="00097031">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="5E4B6F5D" w14:textId="77777777" w:rsidTr="002E3F34">
-[...26 lines deleted...]
-                  <w:name w:val=""/>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="7EB60801" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D1E396" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Serial Numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4714A977" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text5"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="6D9BE32B" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285DFD09" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Details of Module</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C100B0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Module dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text9"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:t xml:space="preserve"> mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F441F2D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Type of Module</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...8 lines deleted...]
-                  <w:name w:val="Check7"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Crystalline          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...222 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Thin Film </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="536CE6E0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Type of Generation: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...55 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Mono-Facial    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...8 lines deleted...]
-                  <w:name w:val="Text41"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Bi-Facial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E1FDF0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Module Efficiency: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text41"/>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...39 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD79C81" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Fill Factor: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text10"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="6C0B4CA5" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1066CE74" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Details of Cell/s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="530AE5EC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Cell dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text6"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:t xml:space="preserve"> mm x </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text7"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:t xml:space="preserve"> mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642367E6" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Number of Cells:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D55C23D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Type of Cells:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E097647" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Cell Efficiency: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text8"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="5CE9ACF3" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08884164" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Generation Details of PV Module</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E415F15" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Nominal Power ……….. Wp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="6824FEB1" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9CDE17" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C00DCD8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Short Circuit Current (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Isc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>)……….. A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="0CBC636F" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4BBD4A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA9BCC9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Open Circuit Voltage (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Voc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>)……….. V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="7E9A469F" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="323F48D4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D9CD00" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Current at MPP (Imp)………</w:t>
+            </w:r>
+            <w:r>
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="2189A0B2" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9448DB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BBE694" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Voltage at MPP (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Vmp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00097031">
+              <w:t>)……….</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="63E40787" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E699EA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Type of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Frame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24AB8A44" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text12"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="69BCEE25" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E01A20E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Inbuilt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>Bypass Diode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB2CF05" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...28 lines deleted...]
-                  <w:name w:val="Check22"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Yes              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Check22"/>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...9 lines deleted...]
-                  <w:name w:val=""/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="25A709CC" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="100900E6" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Junction Box and PV Connector (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="447429E8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...8 lines deleted...]
-                  <w:name w:val="Check24"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  Junction box</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (at least IP 65 protection according to IEC 60529)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37788585" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Others:  …………</w:t>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  PV Connector (comply with IEC 62852 and at least IP67 protection according to IEC 60529)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="5EBF1A74" w14:textId="77777777" w:rsidTr="002E3F34">
-[...18 lines deleted...]
-                  <w:name w:val="Check25"/>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="431279B6" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="632"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="142F9FB8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Warranty Period</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of PV Module up to 150 Wp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="020F09B3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check25"/>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...11 lines deleted...]
-                  <w:name w:val="Check26"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B1090">
+              <w:t xml:space="preserve">10 years: ≥ 90% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15F3BFD1" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B1090">
+              <w:t>25 years: ≥ 80% of STC Power</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E37175" w:rsidRPr="00E37175" w14:paraId="388499C9" w14:textId="77777777" w:rsidTr="002E3F34">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="64C4028E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D42238" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:t>Warranty Period</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r>
+              <w:t xml:space="preserve"> of PV Module above 150 Wp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033195CA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...10 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">first year: ≥ 97% of STC power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204C18E3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...79 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">10 years: ≥ 90% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22638048" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="000B33F0" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="000B33F0">
+              <w:t xml:space="preserve">25 years: ≥ 80% of STC Power </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3CFD08" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="000B33F0">
+              <w:t>and linear warranty ≤ 0.8% per year from year 2 and onwards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="1A64D302" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA2FBF1" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>Additional description</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA83E24" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00097031" w14:paraId="30D1C8ED" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FFA4BB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="725F6BD4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve"> IEC 61215</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-2:2021 Part 1&amp;2, IEC 61730-1&amp;2:2016</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...11 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> IEC 62804-1:2015, IEC 61701:2020, IEC 62716:2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B8924F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00097031" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ISO………………      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
+            <w:r w:rsidRPr="00097031">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E37175">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097031">
+              <w:t>……………</w:t>
+            </w:r>
+            <w:r>
+              <w:t>..</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73E1D840" w14:textId="77777777" w:rsidR="00E37175" w:rsidRPr="000077AA" w:rsidRDefault="00E37175" w:rsidP="00E37175">
+    <w:p w14:paraId="7B15F8F9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="764E1173" w:rsidR="00C450C1" w:rsidRDefault="00131C6E" w:rsidP="00131C6E">
+    <w:p w14:paraId="14FD503C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
+      <w:pPr>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FBD74D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="000077AA" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
+      <w:pPr>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C7F8614" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="007359C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Reception Form of Battery</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> with control circuit </w:t>
       </w:r>
       <w:r w:rsidRPr="007359C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Small Solar PV System</w:t>
+        <w:t xml:space="preserve"> Integrated SPV System (&lt;5Wp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DEC2AA" w14:textId="77777777" w:rsidR="00932FC4" w:rsidRDefault="00932FC4" w:rsidP="00131C6E">
+    <w:p w14:paraId="234796B1" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="73"/>
         <w:tblW w:w="5070" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3492"/>
         <w:gridCol w:w="5879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="70159538" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="3562214E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6CCD96" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6697FEC4" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="45179955" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="5C2CCA93" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="71784A02" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A4757F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="371FDB4C" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="103C398B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Mailing:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="371C3CC7" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="284277BF" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="3D644CAF" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBC17A1" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Email: </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E33A5B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="6908AB9D" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="354C2396" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="5154755C" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F8A731" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-[...3 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1632C8C0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Website:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text29"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="031C78F2" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="1D511029" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Local Supplier (Name)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FE0BAB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="52A0EFCD" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61127CF8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text30"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="35EBE24B" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="1D1733E1" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Local Supplier’s Address</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E5B51C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Local Supplier's Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="40AC880B" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C61C034" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Mailing:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text31"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="5A3AC3C6" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="1219070D" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="355517FC" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2DFFEE" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1C85F5FE" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C001FC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text32"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="026900B8" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="654169CD" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="1B756D1B" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653043C7" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="02E7670D" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A52321" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text33"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="32234782" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="75D5C604" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1984BBE3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1428A1D9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text36"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="38339F12" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="251A6C89" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8FCBF8" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34">
-            <w:r w:rsidRPr="00131C6E">
+          <w:p w14:paraId="01C27899" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Locally manufactured</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C993B3C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D822260" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check2"/>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...43 lines deleted...]
-                  <w:name w:val="Text27"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:bookmarkStart w:id="18" w:name="Text37"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="446D827C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...2 lines deleted...]
-                  <w:name w:val="Text28"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:bookmarkStart w:id="19" w:name="Text25"/>
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...31 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="02D1E90B" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="722CD578" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6A4F14" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Brand / Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2145837C" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="1C688E6E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text34"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="6F980541" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="4867A22E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D064FAF" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Serial numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="362BC66A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Text35"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="6FA47D23" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC5981A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:t>Battery type</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="10" w:name="Check5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="168B8334" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34">
-            <w:r w:rsidRPr="00131C6E">
+          <w:p w14:paraId="1968EBAC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Vented (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Flo</w:t>
+            </w:r>
+            <w:r>
+              <w:t>oded)</w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-                  <w:name w:val="Check28"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tubular Plate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6925F13C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check28"/>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...15 lines deleted...]
-                  <w:name w:val="Check29"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  VRLA Tubular Plate     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check29"/>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Li-Ion</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>LiFePO4, ………)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...59 lines deleted...]
-                  <w:name w:val="Check30"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> AGM             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check30"/>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val="Check31"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="7DA19052" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1461889A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Nominal capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC22A2C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Ah @ C…….@ …….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD8DCF6" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Tolerance</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text2"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> Ah</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">          or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="536CA047" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2A9A84" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@100% SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>C)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F769631" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...9 lines deleted...]
-                  <w:name w:val="Check32"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  14.6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check32"/>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...33 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  15.6 V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...11 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="4E6E38F2" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="094DB2C4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Specific gravity of electrolyte corresponding to 100% SOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CFBD0F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  1.240</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...11 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  1.250</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...55 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  1.260</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  1.270</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3094903D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  1.280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val=""/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="3680B8A0" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="758B6C02" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BB8F9A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Minimum:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  °C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+              <w:t xml:space="preserve">Maximum:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="61E9870F" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03379604" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Battery V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>oltage (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>@100% DOD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0682C5C3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...27 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>.5 V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  10.5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...6 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...15 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="446CCF50" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EF2447" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Temperature coefficient of variation of capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4FA08B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.6 %/°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.8 %/°C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...2 lines deleted...]
-                  <w:name w:val="Check21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  0.4 %/°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CCECBCA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...8 lines deleted...]
-                  <w:name w:val="Text41"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...30 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> %/°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="4D860BB5" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="7E92C25C" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Temperature coefficient of variation of capacity</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D59FC1E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Charge/Discharge Efficiency (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0D00651C" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34">
-[...3 lines deleted...]
-                  <w:name w:val="Check20"/>
+          <w:p w14:paraId="2029CC63" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> % @ …….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="017EAD14" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F373FCD" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Electrolyte Level Indicator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="65978964" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...14 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Yes         </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...14 lines deleted...]
-                  <w:name w:val="Check20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Not Applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="438FC771" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C29362" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Amount of electrolyte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9CFC82" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liters</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>ell</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (if Applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="141C0C41" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE30713" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Protection Included on Battery Management System (BMS) for Li-Ion Battery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0993599E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Cell Level:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...76 lines deleted...]
-                  <w:name w:val="Check24"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Voltage          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Current          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...54 lines deleted...]
-                  <w:name w:val=""/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Temp.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E1C3A8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">As a Whole: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val=""/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Thermal Runaway       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...10 lines deleted...]
-                  <w:name w:val="Check19"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Over Charging </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
+            <w:r w:rsidRPr="00C93852">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00131C6E">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  Others: …………</w:t>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Over Discharging   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others……….    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="75E6C5D2" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="28EE8A40" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>Dual Chargeable</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130ED5C9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Protection against short circuit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="30097553" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="3B2C2E07" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Battery box</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Terminal I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>solators</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Other: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="047F0102" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="6BA50871" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>LVD and LVR</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623A8C92" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Need of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE16224" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="7B2F9646" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Maintenance required</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Maintenance free</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131C6E" w:rsidRPr="00131C6E" w14:paraId="14D88074" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="640BFC16" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:t>HVD and HVR</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3541D18F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Perf</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ormance guarantee in cycles </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="671467A1" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRPr="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="39113431" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">80% depth of discharge:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text16"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> @ ......</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="3E267097" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD2D25A" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>Additional description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DC91EC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Positive plate:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Text17"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD6F2A9" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Negative plate:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text18"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+          <w:p w14:paraId="3D2814C3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Separator:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text20"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+          <w:p w14:paraId="45B14EBD" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">Terminal Post: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text21"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="1E22E7A4" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BA3914" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International test certificates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2CA781" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  Yes (Specify: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text13"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">)               </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="0508417E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1D4815" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A632EBC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:t>(IEC, ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A04CBB8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">  IEC</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (61427-1:2013, 60896-21:2004, 60896-22:2004, 61427-2:2015, 60896-11:2002, 62619:2022)       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  ISO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text22"/>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Others</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93852">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="4672F906" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C5249D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Voltage Regulation Points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1A6A76" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">LVD: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text39"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text39"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="00C93852" w14:paraId="5B9EE948" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C831F2" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7230F7CA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="00C93852" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">HVD: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text40"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text40"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5DE93C10" w14:textId="77777777" w:rsidR="00131C6E" w:rsidRDefault="00131C6E" w:rsidP="00131C6E"/>
-    <w:p w14:paraId="2A8D06B0" w14:textId="26ADF09A" w:rsidR="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="00667C7D">
+    <w:p w14:paraId="7A685462" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9"/>
+    <w:p w14:paraId="0F7A1CA8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9"/>
+    <w:p w14:paraId="5AA9FF9E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9"/>
+    <w:p w14:paraId="46C03F24" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="584333C0" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">1.3 </w:t>
+        <w:t xml:space="preserve">1.3 Reception Form of </w:t>
       </w:r>
       <w:r w:rsidRPr="007359C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Reception Form of WLED Lamp for </w:t>
+        <w:t xml:space="preserve">LED Lamp for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Small Solar PV System</w:t>
+        <w:t>Integrated SPV System (&lt;5Wp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DEBF83" w14:textId="77777777" w:rsidR="00932FC4" w:rsidRDefault="00932FC4" w:rsidP="00667C7D">
+    <w:p w14:paraId="25252744" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="00F213D9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5070" w:type="pct"/>
+        <w:tblW w:w="5179" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3492"/>
-        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="3529"/>
+        <w:gridCol w:w="6044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="30086273" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="1630C661" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D601F5E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Manufacturer’s Name (Lamp)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA00D74" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="2FFC3E62" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6837234B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Manufacturer’s Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2651ECF5" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="5BA304AF" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF20519" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BA8592" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="1B792B88" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F794D4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10154809" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Website: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="6882F263" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1287C4F8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9C1949" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="3C0D75CB" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299BD53" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Local Supplier</w:t>
+            </w:r>
+            <w:r>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>s Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F00C835" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Mailing: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="364F7ECE" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6CC3BC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="469DFF14" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="03AC076E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C064D4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E8D123" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Tel / Mobile: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="5B5E1C97" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4278D176" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A5C705" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D116A1" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="12DF6C07" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="18A3D335" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...163 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="447BC198" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3137" w:type="pct"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABEBDE8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check1"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Locally manufactured</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62885761" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B3C3D56" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34">
-            <w:r w:rsidRPr="00667C7D">
+          <w:p w14:paraId="238D05DF" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check3"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...14 lines deleted...]
-                  <w:name w:val="Text26"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text26"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...91 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7427097C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Check4"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally purchased from </w:t>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...2 lines deleted...]
-                  <w:name w:val="Text28"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text28"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="0FE08CA0" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="6EE375AE" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="15058589" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEA6727" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Brand / Model (Lamp)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E842746" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Text38"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="2F8BC1D9" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="2F34CCA0" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1A0E3ECB" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27267878" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Brand / Model (L</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ED</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E84892" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="22D6AB2C" w14:textId="77777777" w:rsidTr="002E3F34">
-[...15 lines deleted...]
-          <w:p w14:paraId="330D5DDD" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="4B5F65C6" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="179AE9D3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Serial numbers of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D08F302" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="Text14"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="324835D1" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="20261259" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...270 lines deleted...]
-                  <w:name w:val="Check26"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D032CD" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Lamp Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F399C18" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Check26"/>
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...12 lines deleted...]
-                  <w:name w:val="Check27"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Panel     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
+            <w:bookmarkStart w:id="34" w:name="Check21"/>
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667C7D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bulb     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Tube-Light    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Others </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="09117B7F" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9A9AB3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>ominal power of the lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="192DB1FA" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="35" w:name="Text15"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r>
+              <w:t xml:space="preserve"> W, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Tolerance: ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="450D7B84" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBB6909" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>THD (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B97D6B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="280E316A" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3148445B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Power Factor (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7322E3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text36"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="1B4E7279" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="438A65E8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Operating V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>oltage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F744A2D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> V       </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Maximum: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="5006D9A7" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8A426E" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Fixture Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722351D2" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  E22     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="Check22"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r>
+              <w:t xml:space="preserve">  E27     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="Check23"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2-Pin Tube   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 4-Pin Tube</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="3DA110EA" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D8B8F4" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623C47F3" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Voltage   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> High Temperature  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Others:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="0B037C0E" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6712C077" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Day/Night Sensor Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="556E7ECE" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   Found</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Not-Found</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="595DE5E2" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBAE90C" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Separate SPD (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608B4188" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="6E21B1BC" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0248E306" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Diming Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="413A2171" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….Hour, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>stage .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>…. Hour, 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour)          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="719CEEF1" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DAC674B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Inbuilt Surge Handling Capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A037498" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kV (for AC type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="37C0A1E4" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8779FB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Luminous Yield of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645F5159" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="38" w:name="Text23"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="52C66A3C" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740F8A81" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">uminous Efficacy of single </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13417F89" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="1F4D6B47" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E653DE" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Viewing Angle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2C3DD8" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>: Degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="05788544" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7819342B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>CRI Index / Colour Temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F34A5B" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: Ra         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:t>°</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Kelvin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="022397F4" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9D2D15" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ward Voltage / Test Current of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D78559" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: V         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>: mA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="0FAC761B" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A891F58" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED Driver Circuit Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6984332F" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="0342C2C0" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="663BB017" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADF4ABC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C           Maximum:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="39" w:name="Text26"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="36EFDE1B" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3335F8EC" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389B3FEB" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Indoor only       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Indoor and outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="45D21ECC" w14:textId="77777777" w:rsidTr="002E3F34">
-[...16 lines deleted...]
-          <w:p w14:paraId="067807DB" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="6338C4D6" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B289371" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Operation Life</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EAD2387" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="40" w:name="Text27"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="7CF34BB8" w14:textId="77777777" w:rsidTr="002E3F34">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="12D253F5" w14:textId="77777777" w:rsidTr="001722EF">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="pct"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="3D804567" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E43AEF" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>Total Number of LED Used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B59999" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> PCs</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667C7D" w:rsidRPr="00667C7D" w14:paraId="1FAE56FF" w14:textId="77777777" w:rsidTr="002E3F34">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00667C7D">
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="54D202CC" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EB9B86" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>IP Protection of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBA1C06" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="41" w:name="Text28"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="41"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F213D9" w:rsidRPr="006627DC" w14:paraId="2FCBC1F5" w14:textId="77777777" w:rsidTr="001722EF">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C2262D" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
               <w:t>International Standards fulfilled</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A6AE5E8" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34">
-[...10 lines deleted...]
-          <w:p w14:paraId="6202C78D" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRPr="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="002E3F34"/>
+          <w:p w14:paraId="0E3F4C91" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r>
+              <w:t xml:space="preserve">(IEC, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D68FD57" w14:textId="77777777" w:rsidR="00F213D9" w:rsidRPr="006627DC" w:rsidRDefault="00F213D9" w:rsidP="001722EF">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F4664DA" w14:textId="77777777" w:rsidR="00667C7D" w:rsidRDefault="00667C7D" w:rsidP="00667C7D"/>
-    <w:sectPr w:rsidR="00667C7D" w:rsidSect="0072616A">
+    <w:p w14:paraId="1813C153" w14:textId="0F76190A" w:rsidR="006F1281" w:rsidRPr="00DE0D66" w:rsidRDefault="006F1281" w:rsidP="00845938">
+      <w:pPr>
+        <w:ind w:firstLine="432"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006F1281" w:rsidRPr="00DE0D66" w:rsidSect="0072616A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1426" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1974D044" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="19E176F2" w14:textId="77777777" w:rsidR="00576AFE" w:rsidRDefault="00576AFE" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4407E8ED" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="12F21523" w14:textId="77777777" w:rsidR="00576AFE" w:rsidRDefault="00576AFE" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
@@ -4186,150 +10120,151 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005C1D48">
+    <w:r w:rsidR="0082023C">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005C1D48">
+    <w:r w:rsidR="0082023C">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D896F4F" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="51BD506B" w14:textId="77777777" w:rsidR="00576AFE" w:rsidRDefault="00576AFE" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B35DBC" w14:textId="77777777" w:rsidR="00BC2546" w:rsidRDefault="00BC2546" w:rsidP="0098113F">
+    <w:p w14:paraId="60A978FE" w14:textId="77777777" w:rsidR="00576AFE" w:rsidRDefault="00576AFE" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="1F726F2A" w:rsidR="00551892" w:rsidRDefault="00694537" w:rsidP="002657DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041F5B8E" wp14:editId="7AFA8863">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -4348,50 +10283,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="288C5C25" w14:textId="310C351E" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00FD42B9" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A3B7D0" wp14:editId="5A948674">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-152400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>205740</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6096000" cy="0"/>
               <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6096000" cy="0"/>
@@ -5547,198 +11483,204 @@
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="000077AA"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="00035954"/>
+    <w:rsid w:val="00070270"/>
     <w:rsid w:val="00077449"/>
     <w:rsid w:val="00116B97"/>
     <w:rsid w:val="00131C6E"/>
     <w:rsid w:val="00133248"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="00140280"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="00261E1F"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002C556E"/>
     <w:rsid w:val="00355573"/>
     <w:rsid w:val="00390792"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="00486ED0"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00576AFE"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005C1D48"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00612392"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="00634C73"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00657B8F"/>
     <w:rsid w:val="00667C7D"/>
     <w:rsid w:val="00675467"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006F1281"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="0072616A"/>
     <w:rsid w:val="00735764"/>
     <w:rsid w:val="0074310D"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007C274E"/>
     <w:rsid w:val="00806991"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="0082023C"/>
     <w:rsid w:val="00845938"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008E253F"/>
     <w:rsid w:val="008F4AD4"/>
     <w:rsid w:val="008F5185"/>
     <w:rsid w:val="00932FC4"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009E3103"/>
     <w:rsid w:val="009E3783"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A5243D"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B112B4"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00BA3EBB"/>
     <w:rsid w:val="00BB53D0"/>
     <w:rsid w:val="00BC1252"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD3C36"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BE79E4"/>
     <w:rsid w:val="00C00155"/>
     <w:rsid w:val="00C330A8"/>
     <w:rsid w:val="00C400D3"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CB7972"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CF3C41"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00DD1AD2"/>
     <w:rsid w:val="00DE0D66"/>
     <w:rsid w:val="00E03552"/>
     <w:rsid w:val="00E37175"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB7879"/>
+    <w:rsid w:val="00F213D9"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -6635,93 +12577,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54438202-D684-4670-88C8-5B8D869AA154}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92C484B7-F587-4D2F-8AF1-939C1162E1E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>797</Words>
-  <Characters>4543</Characters>
+  <Words>1312</Words>
+  <Characters>7479</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5330</CharactersWithSpaces>
+  <CharactersWithSpaces>8774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>