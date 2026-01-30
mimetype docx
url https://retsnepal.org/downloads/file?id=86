--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -1,1769 +1,958 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="60B42D7A" w14:textId="77777777" w:rsidR="00175E60" w:rsidRDefault="00175E60" w:rsidP="001D5BBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="4D195683" w:rsidR="00C450C1" w:rsidRPr="001D5BBA" w:rsidRDefault="001D5BBA" w:rsidP="001D5BBA">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="1F2C2979" w:rsidR="00C450C1" w:rsidRPr="001D5BBA" w:rsidRDefault="001D5BBA" w:rsidP="001D5BBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5BBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Form for </w:t>
       </w:r>
-      <w:r w:rsidR="00853EFD">
+      <w:r w:rsidR="006A7F6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Observation</w:t>
+        <w:t>Testing of Battery</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5BBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Test of Solar Inverter</w:t>
+        <w:t xml:space="preserve"> Inverter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00C450C1" w:rsidP="00C450C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="67"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2796"/>
+        <w:gridCol w:w="3372"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006073E6" w14:paraId="75E4CE86" w14:textId="77777777" w:rsidTr="006073E6">
+      <w:tr w:rsidR="006073E6" w14:paraId="75E4CE86" w14:textId="77777777" w:rsidTr="00375235">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19F2248C" w14:textId="77777777" w:rsidR="006073E6" w:rsidRDefault="006073E6" w:rsidP="006073E6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>RETS ID:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7970C28F" w14:textId="77777777" w:rsidR="006073E6" w:rsidRDefault="006073E6" w:rsidP="006073E6">
+          <w:p w14:paraId="7970C28F" w14:textId="35A1A5F4" w:rsidR="006073E6" w:rsidRDefault="006073E6" w:rsidP="006073E6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Capacity:</w:t>
             </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> W, </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00375235">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24597ED4" w14:textId="77777777" w:rsidR="006B1FAD" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="006B1FAD">
+    <w:p w14:paraId="24597ED4" w14:textId="77777777" w:rsidR="006B1FAD" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7140"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
       <w:r w:rsidR="006B1FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104ADCCF" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="104ADCCF" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2305AB1F" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="2305AB1F" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC50F0">
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B048E0" w14:textId="77777777" w:rsidR="00555291" w:rsidRPr="00555291" w:rsidRDefault="00555291" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Khumaltar</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4991244D" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="5B59B4AB" w14:textId="5380EFAD" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
-        <w:t xml:space="preserve">We would like to inform you that we have imported/manufactured some samples of Solar Inverter. The detail information of the sample is provided in the reception form (Technical details) attached herewith. </w:t>
+        <w:t>We would like to inform you that we have imported/ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00540AA8">
+        <w:t>nufactured some samples of Battery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC50F0">
+        <w:t xml:space="preserve"> Inverter. The detail information of the sample is provided in the reception form (Technical details) attached herewith. </w:t>
+      </w:r>
+      <w:r w:rsidR="00540AA8">
+        <w:t>We have submitted three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC50F0">
+        <w:t xml:space="preserve"> sample</w:t>
+      </w:r>
+      <w:r w:rsidR="00540AA8">
+        <w:t>s of Battery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC50F0">
+        <w:t xml:space="preserve"> Inverter for t</w:t>
+      </w:r>
+      <w:r w:rsidR="00853EFD">
+        <w:t>estin</w:t>
+      </w:r>
+      <w:r w:rsidR="00242338">
+        <w:t>g the products under sample test category</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D45">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B59B4AB" w14:textId="1BA6C443" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="1B74EF1F" w14:textId="179D9640" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
-        <w:t>We have submitted a sample of Solar Inverter for t</w:t>
-[...8 lines deleted...]
-        <w:t>NEPQA 2015.rev1.</w:t>
+        <w:t>We have provided the following documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B74EF1F" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
-[...8 lines deleted...]
-    <w:p w14:paraId="70063A6C" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="24F44A28" w14:textId="2B4EA127" w:rsidR="007470D5" w:rsidRDefault="007470D5" w:rsidP="0080384A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...29 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC50F0">
-        <w:t xml:space="preserve">In case of local manufacturer, documents of warranty certificate and assurance of ASS. </w:t>
+      <w:r w:rsidRPr="00666D25">
+        <w:t>Duly filled reception form of Battery</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Inverter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B1E5C6" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="4ACDB221" w14:textId="31D7CF8F" w:rsidR="007470D5" w:rsidRDefault="007470D5" w:rsidP="0080384A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...11 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC50F0">
-        <w:t>Others: ……………………………………………</w:t>
+      <w:r w:rsidRPr="00666D25">
+        <w:t>Catalo</w:t>
+      </w:r>
+      <w:r w:rsidR="00753DF9">
+        <w:t>gue and technical datasheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> of Battery</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Inverter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve"> provided by manufacturer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3E01A7" w14:textId="59AB9FD8" w:rsidR="00BC50F0" w:rsidRPr="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
-      <w:pPr>
+    <w:p w14:paraId="1E584855" w14:textId="77777777" w:rsidR="007470D5" w:rsidRDefault="007470D5" w:rsidP="0080384A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00961680">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> The product submitted for testing shall be taken back within one year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
+      <w:r>
+        <w:t>International Test Certificates (if any)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF7A886" w14:textId="77777777" w:rsidR="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00961680">
-      <w:pPr>
+    <w:p w14:paraId="76CBFA8D" w14:textId="77777777" w:rsidR="007470D5" w:rsidRDefault="007470D5" w:rsidP="0080384A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC50F0">
+      <w:r w:rsidRPr="00666D25">
+        <w:t xml:space="preserve">Others: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>IEC, ISO (Specify……………………………………………………)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13506790" w14:textId="77777777" w:rsidR="00AA2321" w:rsidRDefault="00AA2321" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04476">
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the minimum quality standard label. Therefore, r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04476">
+        <w:t>egarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> We will collect the product submitted for testing at the time of report collection; however, if we fail to collect the product within a period of one year from the date of submission, we agree and grant permission to RETS to manage or dispose of the product at its discretion, and RETS shall not be held liable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F16593C" w14:textId="77777777" w:rsidR="00360FDA" w:rsidRPr="00555291" w:rsidRDefault="00360FDA" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="7DB54B4A" w14:textId="77777777" w:rsidR="00360FDA" w:rsidRPr="00A04476" w:rsidRDefault="00360FDA" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04476">
         <w:t>Thanks for your cooperation</w:t>
       </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="71F19327" w14:textId="527C19CB" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00961680">
-      <w:pPr>
+    <w:p w14:paraId="513E808F" w14:textId="77777777" w:rsidR="00360FDA" w:rsidRPr="00DB6645" w:rsidRDefault="00360FDA" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F19327" w14:textId="527C19CB" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
         <w:t>Company Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F4F049" w14:textId="77777777" w:rsidR="00961680" w:rsidRPr="00BC50F0" w:rsidRDefault="00961680" w:rsidP="00961680">
-      <w:pPr>
+    <w:p w14:paraId="09F4F049" w14:textId="77777777" w:rsidR="00961680" w:rsidRPr="00BC50F0" w:rsidRDefault="00961680" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BA737CD" w14:textId="6F79989A" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00961680">
+    <w:p w14:paraId="5BA737CD" w14:textId="6F79989A" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B2E262" w14:textId="77777777" w:rsidR="00961680" w:rsidRPr="00BC50F0" w:rsidRDefault="00961680" w:rsidP="00961680"/>
-    <w:p w14:paraId="659464D2" w14:textId="4DAC807F" w:rsidR="00EF7E82" w:rsidRDefault="00BC50F0" w:rsidP="00137C7B">
+    <w:p w14:paraId="14B2E262" w14:textId="77777777" w:rsidR="00961680" w:rsidRPr="00BC50F0" w:rsidRDefault="00961680" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08ECC826" w14:textId="6348645C" w:rsidR="00EF7E82" w:rsidRDefault="00BC50F0" w:rsidP="0080384A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E7FED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1052 lines deleted...]
-    <w:p w14:paraId="08ECC826" w14:textId="77777777" w:rsidR="00EF7E82" w:rsidRDefault="00EF7E82" w:rsidP="00137C7B"/>
     <w:p w14:paraId="7627E025" w14:textId="77777777" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00CB2436" w:rsidP="00137C7B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00961680">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00B56FCC">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="346" w:left="720" w:header="43" w:footer="230" w:gutter="0"/>
+      <w:pgMar w:top="1282" w:right="1440" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BE1A0C3" w14:textId="77777777" w:rsidR="00117E11" w:rsidRDefault="00117E11" w:rsidP="0098113F">
+    <w:p w14:paraId="4A6A2D28" w14:textId="77777777" w:rsidR="00031797" w:rsidRDefault="00031797" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E8798B7" w14:textId="77777777" w:rsidR="00117E11" w:rsidRDefault="00117E11" w:rsidP="0098113F">
+    <w:p w14:paraId="22576724" w14:textId="77777777" w:rsidR="00031797" w:rsidRDefault="00031797" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Cambria Math"/>
     <w:panose1 w:val="02040503050203030202"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00961680">
+    <w:r w:rsidR="00555291">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00961680">
+    <w:r w:rsidR="00555291">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25EAF9D9" w14:textId="77777777" w:rsidR="00117E11" w:rsidRDefault="00117E11" w:rsidP="0098113F">
+    <w:p w14:paraId="249DCD50" w14:textId="77777777" w:rsidR="00031797" w:rsidRDefault="00031797" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B4A51C8" w14:textId="77777777" w:rsidR="00117E11" w:rsidRDefault="00117E11" w:rsidP="0098113F">
+    <w:p w14:paraId="52586F35" w14:textId="77777777" w:rsidR="00031797" w:rsidRDefault="00031797" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="302A8DCA" w:rsidR="00551892" w:rsidRDefault="00FA055D" w:rsidP="00FA055D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8325"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                                                                       </w:t>
     </w:r>
     <w:r w:rsidR="00C52C35">
       <w:rPr>
@@ -1909,51 +1098,51 @@
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="41A84DDA" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-11.25pt,16.2pt" to="465pt,16.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNb+gf3gEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rb6K6ipvvQVXlB&#10;sGKXD3CdcWPJN41N0/49YyfNrgAhgciD48ucM3OOx5v7szXsBBi1dy1fLmrOwEnfaXds+bfn/bs7&#10;zmISrhPGO2j5BSK/3759sxlCAze+96YDZETiYjOElvcphaaqouzBirjwARwdKo9WJFrisepQDMRu&#10;TXVT1+tq8NgF9BJipN2H8ZBvC79SINMXpSIkZlpOtaUyYhkPeay2G9EcUYRey6kM8Q9VWKEdJZ2p&#10;HkQS7DvqX6isluijV2khva28UlpC0UBqlvVPap56EaBoIXNimG2K/49Wfj49ItNdy1ecOWHpip4S&#10;Cn3sE9t558hAj2yVfRpCbCh85x5xWsXwiFn0WaHNf5LDzsXby+wtnBOTtLmu39+tbj9wJq9n1Qsw&#10;YEwfwVuWJy032mXZohGnTzFRMgq9huRt49jQ8ts1NUAJi97obq+NyYcRj4edQXYSdOX7fU1frp4o&#10;XoXRyjjazJpGFWWWLgbGBF9BkStU93LMkPsRZlohJbi0nHiNo+gMU1TCDJxK+xNwis9QKL36N+AZ&#10;UTJ7l2aw1c7j78pO52vJaoy/OjDqzhYcfHcp91usoaYrzk0PJHf163WBvzzj7Q8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDlcuRG3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;W7K0TFCaTggJxIlpY4Jr1mRNReNUTdaWt8eIAxxtf/r9/eVm9h0b7RDbgApWSwHMYh1Mi42Cw9vT&#10;4hZYTBqN7gJaBV82wqa6vCh1YcKEOzvuU8MoBGOhFbiU+oLzWDvrdVyG3iLdTmHwOtE4NNwMeqJw&#10;33EpxJp73SJ9cLq3j87Wn/uzV5CftuvV67vcuheRD88fcsrGw6TU9dX8cA8s2Tn9wfCjT+pQkdMx&#10;nNFE1ilYSHlDqIJM5sAIuMsElTv+LnhV8v8Nqm8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEATW/oH94BAAAOBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5XLkRt4AAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" strokecolor="red" strokeweight="6pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Effective Date</w:t>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
@@ -2035,51 +1224,51 @@
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version 1.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3BC24773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89CE2A5A"/>
     <w:lvl w:ilvl="0" w:tplc="2A80CFD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2262,604 +1451,825 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="74192144"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADB227C2"/>
+    <w:lvl w:ilvl="0" w:tplc="01E88068">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00031797"/>
     <w:rsid w:val="00083F95"/>
+    <w:rsid w:val="000E3063"/>
     <w:rsid w:val="00117E11"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="00146E24"/>
     <w:rsid w:val="001605E1"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00175E60"/>
     <w:rsid w:val="001D5BBA"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="00242338"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002E0D45"/>
     <w:rsid w:val="00341464"/>
     <w:rsid w:val="003475EC"/>
     <w:rsid w:val="00352954"/>
+    <w:rsid w:val="00360FDA"/>
+    <w:rsid w:val="00375235"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A6B55"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
+    <w:rsid w:val="003E5D8A"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="00520C52"/>
     <w:rsid w:val="005379BD"/>
     <w:rsid w:val="00540751"/>
+    <w:rsid w:val="00540AA8"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00555291"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00606E14"/>
     <w:rsid w:val="006073E6"/>
     <w:rsid w:val="00621641"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006A7F6A"/>
     <w:rsid w:val="006B1FAD"/>
+    <w:rsid w:val="007025B3"/>
     <w:rsid w:val="00703C58"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="007470D5"/>
     <w:rsid w:val="00752803"/>
+    <w:rsid w:val="00753DF9"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007E399F"/>
     <w:rsid w:val="007E7FED"/>
+    <w:rsid w:val="0080384A"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00853EFD"/>
+    <w:rsid w:val="00856119"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008C50A4"/>
+    <w:rsid w:val="0091431F"/>
     <w:rsid w:val="00935F3C"/>
+    <w:rsid w:val="009518E1"/>
     <w:rsid w:val="00961680"/>
     <w:rsid w:val="00967694"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009F4B78"/>
     <w:rsid w:val="00A06096"/>
+    <w:rsid w:val="00A226DB"/>
     <w:rsid w:val="00A318B8"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00AA2321"/>
     <w:rsid w:val="00AC4D66"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B56FCC"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BC50F0"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C52C35"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C97F08"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00D21D5C"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00DA6B5E"/>
+    <w:rsid w:val="00DB2722"/>
+    <w:rsid w:val="00DB6645"/>
     <w:rsid w:val="00E07526"/>
     <w:rsid w:val="00E575A3"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB6539"/>
     <w:rsid w:val="00EE3E65"/>
     <w:rsid w:val="00EF7E82"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA055D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
+    <w:rsid w:val="00FC6476"/>
     <w:rsid w:val="00FC6FF7"/>
     <w:rsid w:val="00FD14B6"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FE2B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
-  <w15:docId w15:val="{4F4A71A9-3549-4BE7-9E79-B601E0CC464E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0085331D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0098113F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00604126"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4674F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0085331D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2975,58 +2385,58 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D4674F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3278,93 +2688,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C6C68DD-7F76-4EFD-A35E-EFD8B47B5C33}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D908C6A4-A92B-47D8-B2CF-900E305A45E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>273</Words>
-  <Characters>1560</Characters>
+  <Words>246</Words>
+  <Characters>1405</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1830</CharactersWithSpaces>
+  <CharactersWithSpaces>1648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>