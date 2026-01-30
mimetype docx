--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -22,93 +22,111 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="60B42D7A" w14:textId="77777777" w:rsidR="00175E60" w:rsidRDefault="00175E60" w:rsidP="001D5BBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6CC7AC" w14:textId="500CA3C0" w:rsidR="00C450C1" w:rsidRPr="001D5BBA" w:rsidRDefault="001D5BBA" w:rsidP="001D5BBA">
+    <w:p w14:paraId="3E6CC7AC" w14:textId="634A522E" w:rsidR="00C450C1" w:rsidRPr="001D5BBA" w:rsidRDefault="001D5BBA" w:rsidP="001D5BBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5BBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Form for </w:t>
       </w:r>
       <w:r w:rsidR="00C72887">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Technical Inspection</w:t>
       </w:r>
+      <w:r w:rsidR="00EC5055">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
       <w:r w:rsidR="00AC7AFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of ON-Grid</w:t>
+        <w:t>Grid</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5055">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Connected</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5BBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Solar Inverter</w:t>
+        <w:t xml:space="preserve"> Inverter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224F7697" w14:textId="2844D7B8" w:rsidR="00137C7B" w:rsidRDefault="00C450C1" w:rsidP="00C450C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="67"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -179,254 +197,310 @@
       </w:r>
       <w:r w:rsidR="006B1FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="104ADCCF" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The General Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2305AB1F" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="2305AB1F" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00A33C4D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">RETS, </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4991244D" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+        <w:t>RETS, Khumaltar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE73C45" w14:textId="1F6EA70A" w:rsidR="00444BE4" w:rsidRDefault="00444BE4" w:rsidP="00444BE4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC50F0">
-[...5 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:r>
+        <w:t>We would like to inform you that we have imported</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7A6E">
+        <w:t>/manufactured</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> some samples of grid-connected inverters, which have also been installed at the site. Detailed information regarding the inverters and their respective installation sites is provided in the attached reception form. We hereby request you to proceed with the next steps under the Technical Inspection category in accordance with your applicable rules and testing procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B74EF1F" w14:textId="2B001868" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="009E1B95">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
-        <w:t xml:space="preserve">We have </w:t>
-[...53 lines deleted...]
-    <w:p w14:paraId="70063A6C" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+        <w:t>We have provided the following documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70063A6C" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t xml:space="preserve">Duly filled Reception form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FC29FC" w14:textId="638D5B94" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="46549EDB" w14:textId="1942FF06" w:rsidR="00FC26E8" w:rsidRPr="00BC50F0" w:rsidRDefault="00BF4E6F" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC50F0">
-[...17 lines deleted...]
-    <w:p w14:paraId="47B1E5C6" w14:textId="124F8B6F" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003B663C">
+        <w:t xml:space="preserve">est certificates from IEC accredited laboratory; </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26E8">
+        <w:t xml:space="preserve">IEC 61727:2004, IEC 62116:2004, IEC62891:2020, IEC </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF59A2">
+        <w:t>62109-1:2010</w:t>
+      </w:r>
+      <w:r w:rsidR="003B663C">
+        <w:t xml:space="preserve"> &amp; IEC 62109-2:2011</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF59A2">
+        <w:t xml:space="preserve"> Part 1 and Part 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FC29FC" w14:textId="5F462467" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
-        <w:t>Installation Instruction Manual/Operating Instruction Manual/Technical specifications/Safety Warnings</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="02D9B137" w14:textId="5AACDC9B" w:rsidR="00AC7AFA" w:rsidRDefault="00AC7AFA" w:rsidP="00BC50F0">
+        <w:t xml:space="preserve">Document of agreement between local importer and principle </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15FD6">
+        <w:t>Grid Connected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC50F0">
+        <w:t xml:space="preserve"> Inv</w:t>
+      </w:r>
+      <w:r w:rsidR="008C50A4">
+        <w:t>erter manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B1E5C6" w14:textId="7007A11F" w:rsidR="00BC50F0" w:rsidRDefault="00F73A5D" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Detail Configuration of each inverter/PV Module string.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="295FC8F3" w14:textId="0E0A6E38" w:rsidR="00AC7AFA" w:rsidRPr="00BC50F0" w:rsidRDefault="00AC7AFA" w:rsidP="00BC50F0">
+        <w:t>Catalogue and technical datasheet of Grid Connected Inverter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF2FD49" w14:textId="0DB7A017" w:rsidR="00966C30" w:rsidRDefault="00966C30" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Detail/single line drawing of system.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0EC8C71B" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+        <w:t xml:space="preserve">Copy of RST Certificate of Installed PV Module/s </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58853D4A" w14:textId="4BF44160" w:rsidR="00966C30" w:rsidRDefault="00966C30" w:rsidP="00BC50F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Copy of attested serial number of PV Module/s by RETS (if not in RST certificate)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D9B137" w14:textId="33CD44FD" w:rsidR="00AC7AFA" w:rsidRDefault="00AC7AFA" w:rsidP="00BC50F0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Detail </w:t>
+      </w:r>
+      <w:r w:rsidR="00580064">
+        <w:t>connection descriptions of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00580064">
+        <w:t>PV Module</w:t>
+      </w:r>
+      <w:r w:rsidR="000B08C7">
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="00580064">
+        <w:t xml:space="preserve"> in each String</w:t>
+      </w:r>
+      <w:r w:rsidR="000B08C7">
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="009876FF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00580064">
+        <w:t>String</w:t>
+      </w:r>
+      <w:r w:rsidR="000B08C7">
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidR="00580064">
+        <w:t xml:space="preserve"> in each Inverter</w:t>
+      </w:r>
+      <w:r w:rsidR="005F41B0">
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295FC8F3" w14:textId="4E71E454" w:rsidR="00AC7AFA" w:rsidRPr="00BC50F0" w:rsidRDefault="00580064" w:rsidP="00BC50F0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Single Line D</w:t>
+      </w:r>
+      <w:r w:rsidR="006479BD">
+        <w:t>iagram</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (SLD)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C387F">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C387F">
+        <w:t xml:space="preserve">system </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC8C71B" w14:textId="77777777" w:rsidR="00BC50F0" w:rsidRPr="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="009E1B95">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Others: ……………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3E01A7" w14:textId="59AB9FD8" w:rsidR="00BC50F0" w:rsidRPr="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
+    <w:p w14:paraId="1E3E01A7" w14:textId="16CC8327" w:rsidR="00BC50F0" w:rsidRPr="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00BC50F0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00961680">
-        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all the products imported/manufactured by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
+        <w:t>We hereby take the ownership of all the above mentioned documents and assure that they are genuine and authentic. We also assure that all th</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7A93">
+        <w:t>e products imported/manufactured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00961680">
+        <w:t xml:space="preserve"> by us meet the prevailing NEPQA standard. Therefore, regarding the quality of the products and authenticity of the documents we take full responsibility and if any discrepancy noticed at any point of time we will immediately replace the product at our own cost and bear all legal action and consequences whatsoever.</w:t>
       </w:r>
       <w:r w:rsidR="00C97F08" w:rsidRPr="00961680">
-        <w:t xml:space="preserve"> The product submitted for testing shall be taken back within one year period else RETS will not be liable and can manage the submitted product in its own way.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3AF7A886" w14:textId="77777777" w:rsidR="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00961680">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF7A886" w14:textId="77777777" w:rsidR="00961680" w:rsidRDefault="00BC50F0" w:rsidP="00CD32D4">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC50F0">
+        <w:t>Thanks for your cooperation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC29092" w14:textId="77777777" w:rsidR="00884BCF" w:rsidRPr="00FF48EC" w:rsidRDefault="00884BCF" w:rsidP="00961680">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="71F19327" w14:textId="19E7300C" w:rsidR="00BC50F0" w:rsidRDefault="00BC50F0" w:rsidP="00961680">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
@@ -450,1230 +524,168 @@
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
         <w:t>Stamp:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B2E262" w14:textId="77777777" w:rsidR="00961680" w:rsidRPr="00BC50F0" w:rsidRDefault="00961680" w:rsidP="00961680"/>
-    <w:p w14:paraId="659464D2" w14:textId="73A8F29F" w:rsidR="00EF7E82" w:rsidRDefault="00BC50F0" w:rsidP="00137C7B">
+    <w:p w14:paraId="7627E025" w14:textId="0FAE38FF" w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidRDefault="00BC50F0" w:rsidP="00FF48EC">
       <w:r w:rsidRPr="00BC50F0">
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC50F0">
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC50F0">
-[...1062 lines deleted...]
-    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00961680">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00037846">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="346" w:left="720" w:header="43" w:footer="230" w:gutter="0"/>
+      <w:pgMar w:top="1282" w:right="1440" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E026025" w14:textId="77777777" w:rsidR="008D1677" w:rsidRDefault="008D1677" w:rsidP="0098113F">
+    <w:p w14:paraId="757AEA93" w14:textId="77777777" w:rsidR="005420C5" w:rsidRDefault="005420C5" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72B185B7" w14:textId="77777777" w:rsidR="008D1677" w:rsidRDefault="008D1677" w:rsidP="0098113F">
+    <w:p w14:paraId="3CE068FC" w14:textId="77777777" w:rsidR="005420C5" w:rsidRDefault="005420C5" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Courier New"/>
-[...1 lines deleted...]
-    <w:charset w:val="01"/>
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="0CE981F9" w14:textId="77777777" w:rsidR="000B625F" w:rsidRDefault="000B625F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -1695,133 +707,133 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007619F4">
+    <w:r w:rsidR="00FF48EC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007619F4">
+    <w:r w:rsidR="00FF48EC">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="1C6349B5" w14:textId="77777777" w:rsidR="000B625F" w:rsidRDefault="000B625F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09A12D89" w14:textId="77777777" w:rsidR="008D1677" w:rsidRDefault="008D1677" w:rsidP="0098113F">
+    <w:p w14:paraId="54D6A264" w14:textId="77777777" w:rsidR="005420C5" w:rsidRDefault="005420C5" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06FA97B1" w14:textId="77777777" w:rsidR="008D1677" w:rsidRDefault="008D1677" w:rsidP="0098113F">
+    <w:p w14:paraId="0912B0C4" w14:textId="77777777" w:rsidR="005420C5" w:rsidRDefault="005420C5" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5D0224A6" w14:textId="77777777" w:rsidR="000B625F" w:rsidRDefault="000B625F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="302A8DCA" w:rsidR="00551892" w:rsidRDefault="00FA055D" w:rsidP="00FA055D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8325"/>
@@ -2387,160 +1399,212 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="00022F27"/>
+    <w:rsid w:val="00037846"/>
+    <w:rsid w:val="000536D5"/>
     <w:rsid w:val="00083F95"/>
+    <w:rsid w:val="0009265B"/>
+    <w:rsid w:val="000B08C7"/>
     <w:rsid w:val="000B625F"/>
+    <w:rsid w:val="000F02D0"/>
     <w:rsid w:val="000F53DE"/>
     <w:rsid w:val="00117E11"/>
+    <w:rsid w:val="001216F6"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
     <w:rsid w:val="00146E24"/>
+    <w:rsid w:val="0015622D"/>
     <w:rsid w:val="001605E1"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00175E60"/>
+    <w:rsid w:val="001775DC"/>
+    <w:rsid w:val="001C7A6E"/>
     <w:rsid w:val="001D5BBA"/>
+    <w:rsid w:val="001F0692"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
     <w:rsid w:val="002918E9"/>
+    <w:rsid w:val="002C73C0"/>
     <w:rsid w:val="002E0D45"/>
     <w:rsid w:val="00341464"/>
     <w:rsid w:val="003475EC"/>
     <w:rsid w:val="00352954"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003A6B55"/>
+    <w:rsid w:val="003B663C"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
+    <w:rsid w:val="00444BE4"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004A1D7E"/>
     <w:rsid w:val="005379BD"/>
     <w:rsid w:val="00540751"/>
+    <w:rsid w:val="005420C5"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="00580064"/>
     <w:rsid w:val="005B517A"/>
     <w:rsid w:val="005B5873"/>
+    <w:rsid w:val="005D78AA"/>
     <w:rsid w:val="005E241C"/>
+    <w:rsid w:val="005F41B0"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00606E14"/>
     <w:rsid w:val="006073E6"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="006479BD"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="00655F82"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
     <w:rsid w:val="006B1FAD"/>
+    <w:rsid w:val="006B6E25"/>
     <w:rsid w:val="00703C58"/>
+    <w:rsid w:val="0071537B"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00736135"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00755662"/>
     <w:rsid w:val="007619F4"/>
     <w:rsid w:val="00763645"/>
+    <w:rsid w:val="00765D46"/>
+    <w:rsid w:val="007C387F"/>
     <w:rsid w:val="007E399F"/>
     <w:rsid w:val="007E7FED"/>
+    <w:rsid w:val="00807BED"/>
     <w:rsid w:val="008130BB"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00853EFD"/>
     <w:rsid w:val="00867C4C"/>
+    <w:rsid w:val="00870EF6"/>
+    <w:rsid w:val="00884BCF"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008C50A4"/>
     <w:rsid w:val="008D1677"/>
+    <w:rsid w:val="00932855"/>
     <w:rsid w:val="00935F3C"/>
     <w:rsid w:val="00961680"/>
+    <w:rsid w:val="00966C30"/>
     <w:rsid w:val="00967694"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="00983D08"/>
+    <w:rsid w:val="009876FF"/>
+    <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009F4B78"/>
     <w:rsid w:val="00A06096"/>
     <w:rsid w:val="00A318B8"/>
+    <w:rsid w:val="00A33C4D"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A45F18"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00A86EFC"/>
+    <w:rsid w:val="00AA06B7"/>
     <w:rsid w:val="00AC4D66"/>
     <w:rsid w:val="00AC7AFA"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B15FD6"/>
+    <w:rsid w:val="00B206D1"/>
+    <w:rsid w:val="00B31C41"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BC50F0"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00BF4E6F"/>
+    <w:rsid w:val="00BF59A2"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C52C35"/>
     <w:rsid w:val="00C72887"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00C97F08"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00CD32D4"/>
     <w:rsid w:val="00D21D5C"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00DA6B5E"/>
+    <w:rsid w:val="00DB10AD"/>
+    <w:rsid w:val="00DE7A93"/>
     <w:rsid w:val="00DF7732"/>
     <w:rsid w:val="00E07526"/>
+    <w:rsid w:val="00E349B2"/>
     <w:rsid w:val="00E575A3"/>
+    <w:rsid w:val="00E65A38"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EB6287"/>
     <w:rsid w:val="00EB6539"/>
+    <w:rsid w:val="00EC5055"/>
     <w:rsid w:val="00EE3E65"/>
     <w:rsid w:val="00EF7E82"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F7260B"/>
+    <w:rsid w:val="00F73A5D"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA055D"/>
     <w:rsid w:val="00FA4F24"/>
+    <w:rsid w:val="00FC26E8"/>
+    <w:rsid w:val="00FC561B"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FC6FF7"/>
     <w:rsid w:val="00FD14B6"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
     <w:rsid w:val="00FE2B48"/>
+    <w:rsid w:val="00FF48EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C54C1EE"/>
@@ -3470,79 +2534,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7625C772-1E8E-47AD-B83F-3061477D9A84}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47190FCB-D214-4BBF-8CC0-1BDB9E3DE5E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>280</Words>
-  <Characters>1601</Characters>
+  <Words>274</Words>
+  <Characters>1563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1878</CharactersWithSpaces>
+  <CharactersWithSpaces>1834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>