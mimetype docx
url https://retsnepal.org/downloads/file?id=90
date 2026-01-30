--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -11,2398 +11,2733 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="60F85679" w14:textId="5A034E73" w:rsidR="00137C7B" w:rsidRPr="0040684B" w:rsidRDefault="00890088" w:rsidP="005023A3">
+    <w:p w14:paraId="36F68CF1" w14:textId="44BF29F8" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00890088" w:rsidP="00CD4A45">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
         </w:tabs>
+        <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00890088">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Reception Form for </w:t>
       </w:r>
       <w:r w:rsidR="00912721">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Technical Inspect</w:t>
+        <w:t>Technical Inspection</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00912721">
+      <w:r w:rsidR="00E20B72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ion</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Solar </w:t>
+        <w:t xml:space="preserve"> of Grid Connected </w:t>
       </w:r>
       <w:r w:rsidRPr="00890088">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Inverter</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="36F68CF1" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4853" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3426"/>
-        <w:gridCol w:w="2772"/>
+        <w:gridCol w:w="3258"/>
+        <w:gridCol w:w="2940"/>
         <w:gridCol w:w="2772"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="57A31E61" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="57A31E61" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="16ECC190" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="13CA6C22" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="2EF04FC6" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="2EF04FC6" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D15AC3" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2593B76B" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Mailing:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text32"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69A4FA70" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69A4FA70" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="543138D8" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F5E8F1B" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text33"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="34774639" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="34774639" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="79288FCC" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242181A4" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Website:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text34"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="3024BC56" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="3024BC56" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECDC3C9" w14:textId="5BACEA98" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00673A8F" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Installer Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="16DCD003" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="38FD340C" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w14:paraId="38FD340C" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5A0065" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-[...7 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="0C5A0065" w14:textId="4AD34FDA" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Installer Company’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73CDCB4D" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="73CDCB4D" w14:textId="77777777" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Mailing:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="0C97E231" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w14:paraId="0C97E231" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64C27990" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="64C27990" w14:textId="77777777" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BE74EA" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="13BE74EA" w14:textId="77777777" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="1BEF54FE" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w14:paraId="1BEF54FE" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39CD3995" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="39CD3995" w14:textId="77777777" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1126E36C" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Tel: </w:t>
+          <w:p w14:paraId="1126E36C" w14:textId="4921A6ED" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Tel</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="12B2192B" w14:textId="77777777" w:rsidTr="00912721">
+      <w:tr w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w14:paraId="5CD41965" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0E557728" w14:textId="77777777" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC8FE63" w14:textId="7ACF6CDA" w:rsidR="00B42B4A" w:rsidRPr="00A15ECA" w:rsidRDefault="00B42B4A" w:rsidP="00126F69">
+            <w:r>
+              <w:t xml:space="preserve">Contact Person: </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text245"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text245"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D155C" w:rsidRPr="00A15ECA" w14:paraId="12B2192B" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332A7A4B" w14:textId="6645AA20" w:rsidR="006D155C" w:rsidRPr="00A15ECA" w:rsidRDefault="006D155C" w:rsidP="008D3AEC">
+            <w:r>
+              <w:t>Installation</w:t>
+            </w:r>
+            <w:r w:rsidR="005B421C">
+              <w:t xml:space="preserve"> Site</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA25C0B" w14:textId="10FE67D7" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00126F69">
+          <w:p w14:paraId="7FA25C0B" w14:textId="0CBF0142" w:rsidR="006D155C" w:rsidRPr="00A15ECA" w:rsidRDefault="006D155C" w:rsidP="00126F69">
             <w:r>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="18D07D69" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="006D155C" w:rsidRPr="00A15ECA" w14:paraId="18D07D69" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="66BE378A" w14:textId="77777777" w:rsidR="006D155C" w:rsidRDefault="006D155C" w:rsidP="00912721"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A65A750" w14:textId="169FE71E" w:rsidR="006D155C" w:rsidRPr="00A15ECA" w:rsidRDefault="006D155C" w:rsidP="006D155C">
+            <w:r>
+              <w:t xml:space="preserve">Address: </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D155C" w:rsidRPr="00A15ECA" w14:paraId="06085DDF" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="66BE378A" w14:textId="77777777" w:rsidR="00912721" w:rsidRDefault="00912721" w:rsidP="00912721"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+          <w:p w14:paraId="2DAC7C2B" w14:textId="1F8C9970" w:rsidR="006D155C" w:rsidRDefault="006D155C" w:rsidP="00912721"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA1A64C" w14:textId="77777777" w:rsidR="00912721" w:rsidRDefault="00912721" w:rsidP="00126F69">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A65A750" w14:textId="4EA5E727" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00126F69"/>
+          <w:p w14:paraId="4D24561C" w14:textId="2A7B7F6A" w:rsidR="006D155C" w:rsidRDefault="00122840" w:rsidP="00126F69">
+            <w:r>
+              <w:t xml:space="preserve">Correspondent </w:t>
+            </w:r>
+            <w:r w:rsidR="006D155C">
+              <w:t>DCS of NEA:</w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C2018" w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074487" w:rsidRPr="00A15ECA" w14:paraId="06085DDF" w14:textId="77777777" w:rsidTr="00126F69">
-[...22 lines deleted...]
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="457BE098" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="457BE098" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="479C54F0" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFFC60A" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+          <w:p w14:paraId="3BFFC60A" w14:textId="67C6087A" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-[...15 lines deleted...]
-          <w:p w14:paraId="0966252F" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+            <w:r w:rsidR="002E3343">
+              <w:t xml:space="preserve">  Imported from </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text237"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text237"/>
+            <w:r w:rsidR="002E3343">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3343">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+          <w:p w14:paraId="2EAD32A0" w14:textId="0271F880" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="002625E9">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Locally purchased from …………………</w:t>
-[...5 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">  Locally purchased from </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text238"/>
+            <w:r w:rsidR="00F24202">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text238"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24202">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69BC59F0" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="69BC59F0" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C63F119" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C63F119" w14:textId="1E343014" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Brand / Model</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:r w:rsidR="006B7832">
+              <w:t xml:space="preserve"> of inverter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="612529AA" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="00D448F9" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00897790" w:rsidRPr="00A15ECA" w14:paraId="74209F3F" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3825CCC5" w14:textId="7F9AA912" w:rsidR="00897790" w:rsidRPr="00A15ECA" w:rsidRDefault="00897790" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Nominal power</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="37F30359" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
+          <w:p w14:paraId="1D2D7650" w14:textId="077C30D6" w:rsidR="00897790" w:rsidRPr="00A15ECA" w:rsidRDefault="00897790" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text225"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text239"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text239"/>
+            <w:r w:rsidR="000C3C08">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidR="000C3C08">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text240"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text240"/>
+            <w:r w:rsidR="000C3C08">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidR="000C3C08">
+              <w:t xml:space="preserve"> W</w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text226"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text241"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text241"/>
+            <w:r w:rsidR="000C3C08">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidR="000C3C08">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text242"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text242"/>
+            <w:r w:rsidR="000C3C08">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3C08">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>VA</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="21815208" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w14:paraId="00D448F9" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D33DB3" w14:textId="25A4A416" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="008144DD" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Serial Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00D84346">
+              <w:t>/s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD5A0A9" w14:textId="7B432117" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+          <w:p w14:paraId="37F30359" w14:textId="77777777" w:rsidR="00A15ECA" w:rsidRPr="00A15ECA" w:rsidRDefault="00A15ECA" w:rsidP="00126F69"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="3A588FF1" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B00318D" w14:textId="02715C33" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00C02AC1" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Total Installed Inverter</w:t>
+            </w:r>
+            <w:r w:rsidR="00747D23">
+              <w:t>/s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0179D7CD" w14:textId="5C4E399A" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="6D800CFD" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="95"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CB5193" w14:textId="77777777" w:rsidR="00912721" w:rsidRDefault="00912721" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Total Number of Strings/MPPTs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A533462" w14:textId="5423F4D6" w:rsidR="00325A46" w:rsidRDefault="00325A46" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3930D110" w14:textId="7CE5A240" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00126F69">
+            <w:r>
+              <w:t xml:space="preserve">Inverter1: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="050D6248" w14:textId="0CAA0FFA" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00912721">
+            <w:r>
+              <w:t>Inverter2:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="6AEDC81D" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="95"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17806A0B" w14:textId="77777777" w:rsidR="00912721" w:rsidRDefault="00912721" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7478E4" w14:textId="1D5FE735" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00912721">
+            <w:r>
+              <w:t>Inverter3:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3470EAD5" w14:textId="3B27EFF7" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00912721">
+            <w:r>
+              <w:t>Inverter4:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="2B3761DF" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="95"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3F22FF77" w14:textId="77777777" w:rsidR="00912721" w:rsidRDefault="00912721" w:rsidP="00126F69"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBD9DBA" w14:textId="210CC307" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00912721">
+            <w:r>
+              <w:t>Inverter5:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CAF46AE" w14:textId="3033CF94" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Inverter6:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912721" w:rsidRPr="00A15ECA" w14:paraId="235BC31A" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB288BC" w14:textId="68BB75BA" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00D46FA5" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Total Installed PV Modules</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="653452DD" w14:textId="0C193555" w:rsidR="00912721" w:rsidRPr="00A15ECA" w:rsidRDefault="00912721" w:rsidP="00126F69">
+            <w:r>
+              <w:t>……</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74014">
+              <w:t>… Numbers</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of …</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74014">
+              <w:t>…..</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Wp</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB14B5">
+              <w:t xml:space="preserve"> are connected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="4F1C1B0A" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7296DA6E" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Input voltage range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20469703" w14:textId="0DB1E977" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  From …</w:t>
+            </w:r>
+            <w:r w:rsidR="007F60A9">
+              <w:t>….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">V DC               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve">  To …</w:t>
+            </w:r>
+            <w:r w:rsidR="007F60A9">
+              <w:t>….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>V DC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="3AD01060" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04463D61" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output voltage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD778D" w14:textId="7E1CAE7E" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="001579AE" w:rsidP="00126F69">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text243"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text243"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:t xml:space="preserve"> V AC  </w:t>
+            </w:r>
+            <w:r w:rsidR="001114F4">
+              <w:t xml:space="preserve">with tolerance </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">± </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text244"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text244"/>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7AB933EB" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B10F689" w14:textId="0B2AAB45" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="000D6BA3" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Efficiency of Inverter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CEC06F" w14:textId="079D1F0D" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC16ED">
+              <w:t xml:space="preserve"> @ full load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="169FC21E" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E09B728" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Output frequency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C44BE1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> Hz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7FB3775A" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E6C867" w14:textId="78D96C42" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="006C1331" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Total Harmonic Distortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A2C02D" w14:textId="3478C639" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1331">
+              <w:t xml:space="preserve"> @ full load</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1A39D33F" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2B51A1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum Input Current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE779D6" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(DC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="5C82426B" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3769DCD2" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Maximum load current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="13" w:name="Text227"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="73494252" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text227"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>A(AC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="737B3F15" w14:textId="77777777" w:rsidTr="00D7277A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3ADBD1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Power factor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="490F8557" w14:textId="583617CA" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00C7687A" w:rsidP="00C7687A">
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C7687A">
+            <w:r w:rsidR="007A336B">
+              <w:t xml:space="preserve"> 0.9</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidR="00720DB9">
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00243804">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...784 lines deleted...]
-              <w:t xml:space="preserve"> 1.0    </w:t>
+            <w:r w:rsidR="005A167A">
+              <w:t xml:space="preserve"> 0.9</w:t>
+            </w:r>
+            <w:r w:rsidR="007A336B">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00720DB9">
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="005A167A">
+              <w:t xml:space="preserve">  1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="005A167A" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="005A167A" w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
+            <w:r w:rsidR="005A167A" w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  No</w:t>
+            <w:r w:rsidR="005A167A">
+              <w:t xml:space="preserve">  Other:       </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="16CCA1C0" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="0B01CA66" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E8354" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D32219E" w14:textId="132EDC60" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
-[...105 lines deleted...]
-          <w:p w14:paraId="45D0D826" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+          <w:p w14:paraId="45D0D826" w14:textId="4C375A82" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
-              <w:t xml:space="preserve">  Short circuit on output terminals</w:t>
+              <w:t xml:space="preserve">  Short circuit on </w:t>
+            </w:r>
+            <w:r w:rsidR="009A7F88">
+              <w:t xml:space="preserve">AC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>output terminals</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78011134" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Reverse polarity on DC input terminals</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BFDEB34" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+          <w:p w14:paraId="5BFDEB34" w14:textId="77777777" w:rsidR="00E23367" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Overload, over temperature</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="656ED18F" w14:textId="1A28E14E" w:rsidR="00AB2A31" w:rsidRPr="00A15ECA" w:rsidRDefault="00AB2A31" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A15ECA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  Anti-Islanding Function</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="373518B6" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Other: ………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="23E826B0" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="23E826B0" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5EBE5B15" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Operating temperature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47B91F07" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Minimum</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text228"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t>°C</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:tab/>
               <w:t xml:space="preserve">Maximum:  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text233"/>
+            <w:bookmarkStart w:id="14" w:name="Text233"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text233"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="27155337" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="45923F08" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78263C6B" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidRPr="00A15ECA">
+              <w:t>Temperature compensation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="35E180C2" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
-[...68 lines deleted...]
-          <w:p w14:paraId="6DE8D419" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+          <w:p w14:paraId="181DAD68" w14:textId="40C238A7" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="0047526E">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Yes  ( </w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text234"/>
+            <w:bookmarkStart w:id="15" w:name="Text234"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text234"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve"> mV/°C/cell)</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="181DAD68" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidR="0047526E">
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="42EDE246" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="42EDE246" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1688DDFD" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB902B6" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+          <w:p w14:paraId="23A9C4C1" w14:textId="0AB60A71" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00DD22F4">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Indoor only</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="23A9C4C1" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidR="00DD22F4">
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">  Indoor and outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7202BD4A" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="7202BD4A" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0E802E" w14:textId="6CBE7A44" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00250593" w:rsidP="009831E5">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="006B5F08">
+              <w:t>oise</w:t>
+            </w:r>
+            <w:r w:rsidR="009831E5">
+              <w:t xml:space="preserve"> Produced</w:t>
+            </w:r>
+            <w:r w:rsidR="006B5F08">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="36583C01" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text234"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2414,109 +2749,109 @@
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve">dB at a distance of </w:t>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text236"/>
+            <w:bookmarkStart w:id="16" w:name="Text236"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text236"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="00A15ECA">
               <w:t>meters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="6E506035" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="6E506035" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E24B24C" w14:textId="1E0D702E" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00286A37" w:rsidP="00126F69">
+            <w:r>
+              <w:t>Warranty Period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="10D8F58A" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2531,328 +2866,326 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t xml:space="preserve"> Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="77D8C1E6" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="77D8C1E6" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C87D07C" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C87D07C" w14:textId="1AC80BC7" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>Additional description</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:r w:rsidR="00673964">
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2155E902" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1C13BA5F" w14:textId="77777777" w:rsidTr="00126F69">
+      <w:tr w:rsidR="00E23367" w:rsidRPr="00A15ECA" w14:paraId="1C13BA5F" w14:textId="77777777" w:rsidTr="00D7277A">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51937C08" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:tcW w:w="1816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="220A12E7" w14:textId="515A930C" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00673964">
             <w:r w:rsidRPr="00A15ECA">
               <w:t>International Standards fulfilled</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="220A12E7" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69">
+            <w:r w:rsidR="00673964">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00A15ECA">
               <w:t>(IEC, ISO, Others)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="pct"/>
+            <w:tcW w:w="3184" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7783F325" w14:textId="77777777" w:rsidR="00E23367" w:rsidRPr="00A15ECA" w:rsidRDefault="00E23367" w:rsidP="00126F69"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F09F152" w14:textId="77777777" w:rsidR="00137C7B" w:rsidRPr="00137C7B" w:rsidRDefault="00137C7B" w:rsidP="00137C7B"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7627E025" w14:textId="1FD69431" w:rsidR="00EE4A43" w:rsidRDefault="00EE4A43" w:rsidP="00137C7B">
+    <w:p w14:paraId="7627E025" w14:textId="1FD69431" w:rsidR="00EE4A43" w:rsidRPr="003966F3" w:rsidRDefault="00EE4A43" w:rsidP="003966F3">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39D78C34" w14:textId="650201AE" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00F22E11" w:rsidP="00A0101D">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t>Company Stamp</w:t>
       </w:r>
       <w:r w:rsidR="0072402F">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2A715F" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D"/>
+    <w:p w14:paraId="1D2A715F" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="003966F3" w:rsidRDefault="00A0101D" w:rsidP="00A0101D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="004C121F" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Designation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015FE31E" w14:textId="77777777" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00A0101D" w:rsidP="00A0101D"/>
-    <w:p w14:paraId="56989DB0" w14:textId="19075C8F" w:rsidR="00A0101D" w:rsidRPr="00F22E11" w:rsidRDefault="00F22E11" w:rsidP="00A0101D">
+    <w:p w14:paraId="653780BC" w14:textId="1CD51CBB" w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidRDefault="00F22E11" w:rsidP="000353D7">
       <w:r w:rsidRPr="00F22E11">
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="0072402F">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F22E11">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A0101D" w:rsidRPr="00F22E11">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9CB31B" w14:textId="77777777" w:rsidR="00EE4A43" w:rsidRPr="00A0101D" w:rsidRDefault="00EE4A43" w:rsidP="00EE4A43"/>
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidSect="000856AA">
+    <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00EE4A43" w:rsidSect="005A1F39">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1444" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
+      <w:pgMar w:top="1282" w:right="1440" w:bottom="461" w:left="1440" w:header="43" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1294CFD0" w14:textId="77777777" w:rsidR="00AB4973" w:rsidRDefault="00AB4973" w:rsidP="0098113F">
+    <w:p w14:paraId="3B4A5846" w14:textId="77777777" w:rsidR="00E778DF" w:rsidRDefault="00E778DF" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64A49A11" w14:textId="77777777" w:rsidR="00AB4973" w:rsidRDefault="00AB4973" w:rsidP="0098113F">
+    <w:p w14:paraId="036549A3" w14:textId="77777777" w:rsidR="00E778DF" w:rsidRDefault="00E778DF" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Courier New"/>
-[...1 lines deleted...]
-    <w:charset w:val="01"/>
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="0E96F1F6" w14:textId="77777777" w:rsidR="002666BA" w:rsidRDefault="002666BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="5EE34790" w14:textId="6BA5DFC6" w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -2874,133 +3207,133 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FA650C">
+    <w:r w:rsidR="00CD4A45">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FA650C">
+    <w:r w:rsidR="00CD4A45">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="389FE6AE" w14:textId="77777777" w:rsidR="002666BA" w:rsidRDefault="002666BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76128D94" w14:textId="77777777" w:rsidR="00AB4973" w:rsidRDefault="00AB4973" w:rsidP="0098113F">
+    <w:p w14:paraId="6734D4EE" w14:textId="77777777" w:rsidR="00E778DF" w:rsidRDefault="00E778DF" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A11A140" w14:textId="77777777" w:rsidR="00AB4973" w:rsidRDefault="00AB4973" w:rsidP="0098113F">
+    <w:p w14:paraId="687C1388" w14:textId="77777777" w:rsidR="00E778DF" w:rsidRDefault="00E778DF" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2108286C" w14:textId="77777777" w:rsidR="002666BA" w:rsidRDefault="002666BA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2D03B0B0" w14:textId="21DAF27B" w:rsidR="00551892" w:rsidRPr="0096160E" w:rsidRDefault="0096160E" w:rsidP="0096160E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8325"/>
@@ -3412,137 +3745,199 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
     <w:rsid w:val="0001746A"/>
+    <w:rsid w:val="000353D7"/>
+    <w:rsid w:val="0006107F"/>
     <w:rsid w:val="00074487"/>
     <w:rsid w:val="00084F23"/>
     <w:rsid w:val="000856AA"/>
+    <w:rsid w:val="000C2018"/>
+    <w:rsid w:val="000C3C08"/>
+    <w:rsid w:val="000D6BA3"/>
+    <w:rsid w:val="001114F4"/>
+    <w:rsid w:val="00114FFA"/>
+    <w:rsid w:val="00122840"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
+    <w:rsid w:val="001579AE"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="0018058B"/>
     <w:rsid w:val="001A2B21"/>
+    <w:rsid w:val="0020729C"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
+    <w:rsid w:val="00250593"/>
     <w:rsid w:val="002520C9"/>
     <w:rsid w:val="00254389"/>
+    <w:rsid w:val="002625E9"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="002666BA"/>
     <w:rsid w:val="00271196"/>
+    <w:rsid w:val="00286A37"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002A525D"/>
+    <w:rsid w:val="002E3343"/>
     <w:rsid w:val="00325A46"/>
+    <w:rsid w:val="003425E1"/>
+    <w:rsid w:val="003933B4"/>
+    <w:rsid w:val="003966F3"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="0040684B"/>
+    <w:rsid w:val="00426686"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="004733B8"/>
+    <w:rsid w:val="0047526E"/>
     <w:rsid w:val="00484940"/>
+    <w:rsid w:val="004B0C6D"/>
     <w:rsid w:val="004F1D0D"/>
+    <w:rsid w:val="004F565F"/>
     <w:rsid w:val="005023A3"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="005A167A"/>
+    <w:rsid w:val="005A1F39"/>
+    <w:rsid w:val="005B421C"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="0064018B"/>
     <w:rsid w:val="0065398F"/>
+    <w:rsid w:val="00673964"/>
+    <w:rsid w:val="00673A8F"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006B5F08"/>
+    <w:rsid w:val="006B7832"/>
+    <w:rsid w:val="006C1331"/>
     <w:rsid w:val="006C1B94"/>
+    <w:rsid w:val="006D155C"/>
     <w:rsid w:val="007000E8"/>
     <w:rsid w:val="00703C58"/>
+    <w:rsid w:val="00720DB9"/>
     <w:rsid w:val="0072402F"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00747D23"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="00797538"/>
+    <w:rsid w:val="007A336B"/>
+    <w:rsid w:val="007D2999"/>
     <w:rsid w:val="007E62A6"/>
+    <w:rsid w:val="007F60A9"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="008144DD"/>
     <w:rsid w:val="00836362"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00885020"/>
     <w:rsid w:val="00890088"/>
+    <w:rsid w:val="00897790"/>
+    <w:rsid w:val="008B7DF0"/>
     <w:rsid w:val="008C2D7D"/>
+    <w:rsid w:val="008D3AEC"/>
     <w:rsid w:val="00912721"/>
     <w:rsid w:val="0096160E"/>
     <w:rsid w:val="0098113F"/>
+    <w:rsid w:val="009831E5"/>
+    <w:rsid w:val="009A7F88"/>
     <w:rsid w:val="00A0101D"/>
     <w:rsid w:val="00A15ECA"/>
     <w:rsid w:val="00A3605B"/>
+    <w:rsid w:val="00A3654B"/>
     <w:rsid w:val="00A6007E"/>
     <w:rsid w:val="00A91B94"/>
+    <w:rsid w:val="00AB2A31"/>
     <w:rsid w:val="00AB4973"/>
+    <w:rsid w:val="00B000B5"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B13798"/>
+    <w:rsid w:val="00B42B4A"/>
     <w:rsid w:val="00B911FD"/>
     <w:rsid w:val="00BC0933"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
+    <w:rsid w:val="00C02AC1"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
     <w:rsid w:val="00C7687A"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB2436"/>
     <w:rsid w:val="00CD2443"/>
+    <w:rsid w:val="00CD4A45"/>
+    <w:rsid w:val="00D05FC8"/>
+    <w:rsid w:val="00D13354"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D45532"/>
     <w:rsid w:val="00D4674F"/>
+    <w:rsid w:val="00D46FA5"/>
+    <w:rsid w:val="00D47402"/>
+    <w:rsid w:val="00D51D5E"/>
+    <w:rsid w:val="00D7277A"/>
+    <w:rsid w:val="00D74014"/>
+    <w:rsid w:val="00D84346"/>
+    <w:rsid w:val="00DB14B5"/>
+    <w:rsid w:val="00DD22F4"/>
     <w:rsid w:val="00E0543A"/>
+    <w:rsid w:val="00E20B72"/>
     <w:rsid w:val="00E23367"/>
+    <w:rsid w:val="00E778DF"/>
     <w:rsid w:val="00EA61C4"/>
+    <w:rsid w:val="00EC16ED"/>
     <w:rsid w:val="00EE4A43"/>
     <w:rsid w:val="00F22E11"/>
     <w:rsid w:val="00F23BE6"/>
+    <w:rsid w:val="00F24202"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FA650C"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
@@ -4464,93 +4859,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77E1A093-14E5-45CF-8A7F-AC722CEB59B1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08E0669E-1525-4B30-871C-2F92BA60678E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2320</Characters>
+  <Pages>1</Pages>
+  <Words>371</Words>
+  <Characters>2115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2722</CharactersWithSpaces>
+  <CharactersWithSpaces>2482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>