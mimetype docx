--- v0 (2025-10-10)
+++ v1 (2026-01-30)
@@ -7,175 +7,158 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00137C7B" w:rsidRPr="009D4708" w:rsidRDefault="00A43A9D" w:rsidP="009D4708">
+    <w:p w:rsidR="00137C7B" w:rsidRPr="009D4708" w:rsidRDefault="00A43A9D" w:rsidP="00750CE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2109"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Reception Form for</w:t>
       </w:r>
       <w:r w:rsidR="009D4708" w:rsidRPr="009D4708">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006217C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Testing of </w:t>
       </w:r>
       <w:r w:rsidR="009C508C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>AC</w:t>
       </w:r>
       <w:r w:rsidR="00EC12F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A52ADC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Street/Flood Light</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5179" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3477"/>
-        <w:gridCol w:w="6096"/>
+        <w:gridCol w:w="3529"/>
+        <w:gridCol w:w="6044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="004828EE" w:rsidP="00324A34">
             <w:r>
               <w:t>Manufacturer’s Name (Light</w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text1"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
@@ -189,69 +172,69 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:t>Manufacturer’s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Mailing: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text2"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -268,65 +251,65 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text3"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -343,65 +326,65 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Website: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text4"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -418,68 +401,68 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:t>Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text5"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
@@ -493,75 +476,75 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:t>Local Supplier</w:t>
             </w:r>
             <w:r w:rsidR="001C1172">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:t>s Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Mailing: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text6"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -578,65 +561,65 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text7"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -653,65 +636,65 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001C1172" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text8"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
@@ -728,69 +711,69 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidRDefault="0032379A" w:rsidP="00324A34">
             <w:r>
               <w:t>Contact Person of Local Supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidRDefault="0032379A" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text30"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -807,65 +790,65 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="0032379A" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0032379A" w:rsidRDefault="0032379A" w:rsidP="00324A34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0032379A" w:rsidRDefault="0032379A" w:rsidP="00324A34">
             <w:r>
               <w:t xml:space="preserve">Mobile: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text31"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -882,68 +865,68 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:t>Manufactured</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally manufactured</w:t>
             </w:r>
@@ -970,112 +953,104 @@
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Locally assembled with CKD and SKD parts imported</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
-[...13 lines deleted...]
-            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+            <w:r w:rsidR="007E42E0">
+              <w:t xml:space="preserve">  Imported from</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text9"/>
-            <w:r w:rsidRPr="006627DC">
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
-[...29 lines deleted...]
-            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
@@ -1113,71 +1088,71 @@
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00C04A03" w:rsidP="00324A34">
             <w:r>
               <w:t>Brand / Model (Light</w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text12"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
@@ -1188,249 +1163,577 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text37"/>
+            <w:r w:rsidR="006B2EFE">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidR="00B80192">
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text32"/>
+            <w:bookmarkStart w:id="15" w:name="Text32"/>
             <w:r w:rsidR="00B80192">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B80192">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text38"/>
+            <w:r w:rsidR="006B2EFE">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EFE">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="004D45E3" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text14"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D45E3" w:rsidRDefault="004D45E3" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Brand / Model (LED)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D45E3" w:rsidRPr="006627DC" w:rsidRDefault="003D7D9E" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text14"/>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00B262CE" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Serial numbers of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text14"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
-              <w:t>Lamp Type</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3184" w:type="pct"/>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD4114">
+              <w:t xml:space="preserve"> of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00876A26">
               <w:t xml:space="preserve"> Street</w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check21"/>
+            <w:bookmarkStart w:id="18" w:name="Check21"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidR="00876A26">
               <w:t xml:space="preserve"> Flood</w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
@@ -1501,364 +1804,364 @@
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="003170E3" w:rsidP="00324A34">
             <w:r>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00876A26">
               <w:t>ominal power of the Light</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text15"/>
+            <w:bookmarkStart w:id="19" w:name="Text15"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve"> W                     Tolerance: ± </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text16"/>
+            <w:bookmarkStart w:id="20" w:name="Text16"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve"> %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1A9B" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="003F1A9B" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F1A9B" w:rsidRDefault="003F1A9B" w:rsidP="00324A34">
             <w:r>
               <w:t>THD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F1A9B" w:rsidRPr="006627DC" w:rsidRDefault="003F1A9B" w:rsidP="00324A34">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text35"/>
+            <w:bookmarkStart w:id="21" w:name="Text35"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:t xml:space="preserve"> %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE6F6D" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="00BE6F6D" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BE6F6D" w:rsidRDefault="00BE6F6D" w:rsidP="00324A34">
             <w:r>
               <w:t>Power Factor (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pf</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BE6F6D" w:rsidRDefault="00BE6F6D" w:rsidP="00324A34">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text36"/>
+            <w:bookmarkStart w:id="22" w:name="Text36"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:t>Reflector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00EE4033">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
@@ -1868,2176 +2171,2161 @@
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00142F92" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Operating V</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>oltage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Range</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
-              <w:t>Operating voltage</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">Minimum:  </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text17"/>
+            <w:bookmarkStart w:id="23" w:name="Text17"/>
             <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve"> V       </w:t>
             </w:r>
             <w:r w:rsidR="003170E3">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve">Maximum: </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text18"/>
+            <w:bookmarkStart w:id="24" w:name="Text18"/>
             <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="006627DC">
               <w:t xml:space="preserve"> V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00F11123" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Connection</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC76C8">
+              <w:t xml:space="preserve"> to Mains</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00010CD9">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="003170E3">
-              <w:t xml:space="preserve">  E22</w:t>
+            <w:r w:rsidR="00010CD9">
+              <w:t xml:space="preserve">  Pre-Wired       </w:t>
             </w:r>
             <w:r w:rsidR="008775E7">
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check22"/>
+            <w:bookmarkStart w:id="25" w:name="Check22"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...9 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidR="00010CD9">
+              <w:t xml:space="preserve">  Others………………..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Protection against</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Check23"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-[...9 lines deleted...]
-                  <w:name w:val="Check23"/>
+            <w:r w:rsidR="005747AE">
+              <w:t xml:space="preserve"> High </w:t>
+            </w:r>
+            <w:r w:rsidR="00E85E8C">
+              <w:t>Voltage</w:t>
+            </w:r>
+            <w:r w:rsidR="00C526E1">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008775E7" w:rsidRPr="006627DC">
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008775E7" w:rsidRPr="006627DC">
-[...32 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005747AE">
+              <w:t xml:space="preserve"> High Temperature</w:t>
+            </w:r>
+            <w:r w:rsidR="00E85E8C">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="005747AE" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+            <w:r w:rsidR="005747AE" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
+            <w:r w:rsidR="005747AE" w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005747AE">
-              <w:t xml:space="preserve"> High </w:t>
-[...10 lines deleted...]
-                  <w:name w:val="Check18"/>
+              <w:t xml:space="preserve"> Others:</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text20"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidRDefault="00E85E8C" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Day/Night Sensor Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidRDefault="00E85E8C" w:rsidP="00E85E8C">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="005747AE">
-[...11 lines deleted...]
-                  <w:name w:val="Check22"/>
+            <w:r>
+              <w:t xml:space="preserve">   Found</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="005747AE" w:rsidRPr="006627DC">
+            <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005747AE" w:rsidRPr="006627DC">
-[...58 lines deleted...]
-            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Not-Found</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Check17"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRDefault="00E85E8C" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Separate SPD (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidRDefault="00E85E8C" w:rsidP="002D7200">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FE5" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B7FE5" w:rsidRDefault="003B7FE5" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Diming Function</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B7FE5" w:rsidRDefault="003B7FE5" w:rsidP="003B7FE5">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-                  <w:name w:val="Check18"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….Hour, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour, 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage….</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3EDF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Hour, 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> stage…..Hour</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3EDF">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB177D">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3EDF" w:rsidRPr="003B7FE5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3EDF">
+              <w:t xml:space="preserve"> stage…..Hour</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">)          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Not-Found</w:t>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidRDefault="00E85E8C" w:rsidP="002D7200">
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRDefault="00CE2605" w:rsidP="00324A34">
+            <w:r>
+              <w:t xml:space="preserve">Inbuilt </w:t>
+            </w:r>
+            <w:r w:rsidR="00E85E8C">
+              <w:t>Surge Handling Capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidRDefault="00E85E8C" w:rsidP="00E85E8C">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text33"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:t xml:space="preserve"> kV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FE5" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Check10"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Luminous Yield of Lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text21"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text22"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text23"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00952F7E">
+              <w:t>uminous Efficacy of Single</w:t>
+            </w:r>
+            <w:r w:rsidR="003861CD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Lumens</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:tab/>
+              <w:t xml:space="preserve">  Tolerance:  ± </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> LPW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Viewing Angle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>: Degree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">CRI Index / </w:t>
+            </w:r>
+            <w:r w:rsidR="009E433C" w:rsidRPr="006627DC">
+              <w:t>Colour</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: Ra         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D37">
+              <w:t>°</w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>Kelvin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00C526E1" w:rsidP="00324A34">
+            <w:r>
+              <w:t xml:space="preserve">Voltage / </w:t>
+            </w:r>
+            <w:r w:rsidR="003861CD">
+              <w:t xml:space="preserve">Current of </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>LED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">: V         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>: mA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>LED Driver Circuit Efficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">Minimum:  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text25"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C           Maximum:  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Text26"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD79E2" w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
-[...44 lines deleted...]
-                  <w:name w:val="Check11"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Indoor only       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">         </w:t>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve">  Indoor and outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E85E8C" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...20 lines deleted...]
-                  <w:name w:val="Text33"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="001A3614" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Operational Life of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text33"/>
-            <w:r>
+            <w:bookmarkStart w:id="33" w:name="Text27"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> kV</w:t>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006627DC">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t xml:space="preserve"> Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="00FD6694" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...17 lines deleted...]
-                  <w:name w:val="Text21"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD6694" w:rsidRPr="006627DC" w:rsidRDefault="00FD6694" w:rsidP="00324A34">
+            <w:r>
+              <w:t>Total Number of LED Used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD6694" w:rsidRPr="006627DC" w:rsidRDefault="00FD6694" w:rsidP="00324A34">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text21"/>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+            <w:bookmarkStart w:id="34" w:name="Text34"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006627DC">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
-[...146 lines deleted...]
-              <w:t xml:space="preserve"> LPW </w:t>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r>
+              <w:t xml:space="preserve"> PCs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3184" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006C0668" w:rsidP="00324A34">
+            <w:r>
+              <w:t>IP Number of Light</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text21"/>
+                  <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="35" w:name="Text28"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
-[...109 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00324A34">
+      <w:tr w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidTr="00C526E1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="pct"/>
+            <w:tcW w:w="1843" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="006627DC" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
-              <w:t>Viewing Angle</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3184" w:type="pct"/>
+              <w:t>International Standards fulfilled</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00524D8E" w:rsidP="00324A34">
+            <w:r>
+              <w:t xml:space="preserve">(IEC, </w:t>
+            </w:r>
+            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
+              <w:t>ISO, Others)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006627DC" w:rsidRPr="006627DC" w:rsidRDefault="00FD79E2" w:rsidP="00324A34">
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text21"/>
+                  <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="36" w:name="Text29"/>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006627DC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006627DC" w:rsidRPr="006627DC">
-[...862 lines deleted...]
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F96420" w:rsidRPr="00F96420" w:rsidRDefault="00C4098B" w:rsidP="00F96420">
+    <w:p w:rsidR="00744D13" w:rsidRDefault="00744D13" w:rsidP="00744D13"/>
+    <w:p w:rsidR="00F96420" w:rsidRDefault="00C4098B" w:rsidP="00F96420">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007750FC">
         <w:t>Company Stamp:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F96420" w:rsidRPr="00F96420" w:rsidRDefault="00F96420" w:rsidP="00F96420"/>
+    <w:p w:rsidR="00744D13" w:rsidRPr="00744D13" w:rsidRDefault="00744D13" w:rsidP="00F96420"/>
     <w:p w:rsidR="00F96420" w:rsidRPr="00F96420" w:rsidRDefault="00F96420" w:rsidP="00F96420">
       <w:r w:rsidRPr="00F96420">
         <w:t>Designation:</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96420">
         <w:tab/>
       </w:r>
@@ -4074,110 +4362,117 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F96420" w:rsidRPr="00F96420">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CB2436" w:rsidRPr="00137C7B" w:rsidSect="00FD42B9">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1286" w:right="1440" w:bottom="454" w:left="1440" w:header="36" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E91ABB" w:rsidRDefault="00E91ABB" w:rsidP="0098113F">
+    <w:p w:rsidR="00844989" w:rsidRDefault="00844989" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E91ABB" w:rsidRDefault="00E91ABB" w:rsidP="0098113F">
+    <w:p w:rsidR="00844989" w:rsidRDefault="00844989" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="0098113F" w:rsidP="00F7260B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -4189,188 +4484,189 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidR="00FD79E2" w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00FD79E2" w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CB1D90">
+    <w:r w:rsidR="00750CE5">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00FD79E2" w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00694537">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00E91ABB">
+    <w:r w:rsidR="00844989">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00E91ABB">
+    <w:r w:rsidR="00844989">
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00E91ABB">
+    <w:r w:rsidR="00844989">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CB1D90" w:rsidRPr="00CB1D90">
+    <w:r w:rsidR="00750CE5" w:rsidRPr="00750CE5">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00E91ABB">
+    <w:r w:rsidR="00844989">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E91ABB" w:rsidRDefault="00E91ABB" w:rsidP="0098113F">
+    <w:p w:rsidR="00844989" w:rsidRDefault="00844989" w:rsidP="0098113F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E91ABB" w:rsidRDefault="00E91ABB" w:rsidP="0098113F">
+    <w:p w:rsidR="00844989" w:rsidRDefault="00844989" w:rsidP="0098113F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00551892" w:rsidRPr="003229FA" w:rsidRDefault="00320C2D" w:rsidP="00EE437B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8190"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52F6AB91" wp14:editId="5C20B16A">
           <wp:extent cx="635510" cy="567070"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Screen Shot 2019-09-25 at 13.58.46.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="673977" cy="601394"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00E91ABB" w:rsidP="00FD42B9">
+  <w:p w:rsidR="0098113F" w:rsidRPr="00694537" w:rsidRDefault="00844989" w:rsidP="00FD42B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:i/>
         <w:noProof/>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:pict>
         <v:line id="Straight Connector 3" o:spid="_x0000_s2049" style="position:absolute;z-index:251659264;visibility:visible;mso-width-relative:margin" from="-10.5pt,16.3pt" to="471.75pt,16.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxxSBE3gEAAA4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KcxikEyzk4cC9F&#10;azTpB9AUKRHgC0vWkv++S0pWgrYIkKI6UHzszO4Ml9v70WhyFhCUsw2tViUlwnLXKts19MfT4cMn&#10;SkJktmXaWdHQiwj0fvf+3XbwtVi73ulWAEESG+rBN7SP0ddFEXgvDAsr54XFQ+nAsIhL6IoW2IDs&#10;RhfrstwUg4PWg+MiBNx9mA7pLvNLKXj8JmUQkeiGYm0xj5DHUxqL3ZbVHTDfKz6Xwf6hCsOUxaQL&#10;1QOLjPwE9QeVURxccDKuuDOFk1JxkTWgmqr8Tc1jz7zIWtCc4Bebwv+j5V/PRyCqbegNJZYZvKLH&#10;CEx1fSR7Zy0a6IDcJJ8GH2oM39sjzKvgj5BEjxJM+qMcMmZvL4u3YoyE4+amWn+8vbulhF/Pimeg&#10;hxA/C2dImjRUK5tks5qdv4SIyTD0GpK2tSVDQ+822AA5LDit2oPSOh0G6E57DeTM8MoPhxK/VD1S&#10;vAjDlba4mTRNKvIsXrSYEnwXEl3BuqspQ+pHsdAyzoWN1cyrLUYnmMQSFuBc2mvAOT5BRe7Vt4AX&#10;RM7sbFzARlkHfys7jteS5RR/dWDSnSw4ufaS7zdbg02XnZsfSOrql+sMf37Gu18AAAD//wMAUEsD&#10;BBQABgAIAAAAIQCeAvaB3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;WidOiCDEqRASiBNVSwVXN97GEfE6it0k/D1GHOA4O6PZN9VmsT2bcPSdIwnpOgGG1DjdUSvh8Pa0&#10;ugXmgyKtekco4Qs9bOrLi0qV2s20w2kfWhZLyJdKgglhKDn3jUGr/NoNSNE7udGqEOXYcj2qOZbb&#10;noskKbhVHcUPRg34aLD53J+thPy0LdLXd7E1L0k+Pn+IOZsOs5TXV8vDPbCAS/gLww9+RIc6Mh3d&#10;mbRnvYSVSOOWICETBbAYuMuzG2DH3wOvK/5/Qf0NAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAMcUgRN4BAAAOBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAngL2gd4AAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" strokecolor="red" strokeweight="6pt">
           <v:stroke joinstyle="miter"/>
         </v:line>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00551892" w:rsidRPr="00694537">
@@ -4560,192 +4856,223 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0098113F"/>
     <w:rsid w:val="00006C6C"/>
     <w:rsid w:val="00010666"/>
+    <w:rsid w:val="00010CD9"/>
     <w:rsid w:val="0001746A"/>
     <w:rsid w:val="000E5155"/>
     <w:rsid w:val="00107C05"/>
     <w:rsid w:val="00137C7B"/>
     <w:rsid w:val="001412CE"/>
+    <w:rsid w:val="00142F92"/>
     <w:rsid w:val="00154BF6"/>
     <w:rsid w:val="00164BEA"/>
     <w:rsid w:val="001669DF"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="001927AD"/>
+    <w:rsid w:val="001A3614"/>
     <w:rsid w:val="001C1172"/>
     <w:rsid w:val="001D3D19"/>
     <w:rsid w:val="002050EE"/>
     <w:rsid w:val="0022653B"/>
     <w:rsid w:val="00230717"/>
     <w:rsid w:val="00246FD9"/>
     <w:rsid w:val="00251EAF"/>
     <w:rsid w:val="00254389"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="00271196"/>
+    <w:rsid w:val="00275D37"/>
     <w:rsid w:val="002918E9"/>
     <w:rsid w:val="002B5409"/>
     <w:rsid w:val="002B6D18"/>
     <w:rsid w:val="003170E3"/>
     <w:rsid w:val="00320C2D"/>
+    <w:rsid w:val="00321045"/>
     <w:rsid w:val="003229FA"/>
     <w:rsid w:val="0032379A"/>
+    <w:rsid w:val="00324518"/>
+    <w:rsid w:val="003461F0"/>
     <w:rsid w:val="003861CD"/>
     <w:rsid w:val="003A149E"/>
     <w:rsid w:val="003B7FE5"/>
     <w:rsid w:val="003C670C"/>
     <w:rsid w:val="003D3E50"/>
+    <w:rsid w:val="003D566B"/>
+    <w:rsid w:val="003D7D9E"/>
     <w:rsid w:val="003E4C6C"/>
     <w:rsid w:val="003F1A9B"/>
     <w:rsid w:val="003F2BCD"/>
     <w:rsid w:val="003F7AEA"/>
     <w:rsid w:val="004074BD"/>
     <w:rsid w:val="004541D6"/>
     <w:rsid w:val="004828EE"/>
     <w:rsid w:val="00484940"/>
     <w:rsid w:val="004B34F2"/>
     <w:rsid w:val="004B3885"/>
+    <w:rsid w:val="004D45E3"/>
     <w:rsid w:val="00504345"/>
     <w:rsid w:val="00524D8E"/>
     <w:rsid w:val="00551892"/>
+    <w:rsid w:val="005571A6"/>
     <w:rsid w:val="005747AE"/>
     <w:rsid w:val="005B5873"/>
     <w:rsid w:val="005E241C"/>
     <w:rsid w:val="00604126"/>
     <w:rsid w:val="00621641"/>
+    <w:rsid w:val="006217C6"/>
     <w:rsid w:val="0065398F"/>
     <w:rsid w:val="006627DC"/>
     <w:rsid w:val="00683AE7"/>
     <w:rsid w:val="00694537"/>
+    <w:rsid w:val="006B2AC1"/>
+    <w:rsid w:val="006B2EFE"/>
     <w:rsid w:val="006C0668"/>
     <w:rsid w:val="006C4C39"/>
+    <w:rsid w:val="006D3EDF"/>
     <w:rsid w:val="00703C58"/>
+    <w:rsid w:val="00723757"/>
     <w:rsid w:val="00735764"/>
+    <w:rsid w:val="00744D13"/>
+    <w:rsid w:val="00750CE5"/>
     <w:rsid w:val="00752803"/>
     <w:rsid w:val="00761113"/>
     <w:rsid w:val="00763645"/>
     <w:rsid w:val="007750FC"/>
     <w:rsid w:val="007A36EE"/>
     <w:rsid w:val="007E40FF"/>
+    <w:rsid w:val="007E42E0"/>
     <w:rsid w:val="008130BB"/>
+    <w:rsid w:val="00844989"/>
     <w:rsid w:val="0085331D"/>
     <w:rsid w:val="00867C4C"/>
     <w:rsid w:val="00872642"/>
     <w:rsid w:val="00876A26"/>
     <w:rsid w:val="008775E7"/>
     <w:rsid w:val="00884F73"/>
     <w:rsid w:val="008C2D7D"/>
     <w:rsid w:val="008C6DD3"/>
     <w:rsid w:val="009210A4"/>
+    <w:rsid w:val="00952F7E"/>
     <w:rsid w:val="0098113F"/>
     <w:rsid w:val="009C2F7A"/>
     <w:rsid w:val="009C508C"/>
     <w:rsid w:val="009D4708"/>
     <w:rsid w:val="009E433C"/>
+    <w:rsid w:val="00A35B80"/>
     <w:rsid w:val="00A3605B"/>
     <w:rsid w:val="00A43A9D"/>
     <w:rsid w:val="00A52ADC"/>
+    <w:rsid w:val="00A572E2"/>
     <w:rsid w:val="00A6007E"/>
+    <w:rsid w:val="00AB177D"/>
+    <w:rsid w:val="00AD4114"/>
     <w:rsid w:val="00B0674E"/>
     <w:rsid w:val="00B07678"/>
     <w:rsid w:val="00B13798"/>
     <w:rsid w:val="00B262CE"/>
     <w:rsid w:val="00B80192"/>
     <w:rsid w:val="00BC2546"/>
     <w:rsid w:val="00BD7309"/>
     <w:rsid w:val="00BE116A"/>
     <w:rsid w:val="00BE6F6D"/>
     <w:rsid w:val="00BF33A9"/>
     <w:rsid w:val="00BF564A"/>
     <w:rsid w:val="00C04A03"/>
     <w:rsid w:val="00C4098B"/>
     <w:rsid w:val="00C43A8A"/>
     <w:rsid w:val="00C450C1"/>
+    <w:rsid w:val="00C526E1"/>
     <w:rsid w:val="00C606C9"/>
     <w:rsid w:val="00C776C3"/>
     <w:rsid w:val="00CA7510"/>
     <w:rsid w:val="00CB1D90"/>
     <w:rsid w:val="00CB2436"/>
+    <w:rsid w:val="00CC76C8"/>
     <w:rsid w:val="00CD2443"/>
     <w:rsid w:val="00CE2605"/>
     <w:rsid w:val="00D23483"/>
     <w:rsid w:val="00D44754"/>
     <w:rsid w:val="00D4674F"/>
     <w:rsid w:val="00E85E8C"/>
     <w:rsid w:val="00E91ABB"/>
     <w:rsid w:val="00EA61C4"/>
     <w:rsid w:val="00EC12F9"/>
+    <w:rsid w:val="00ED3614"/>
     <w:rsid w:val="00EE4033"/>
     <w:rsid w:val="00EE437B"/>
+    <w:rsid w:val="00F11123"/>
+    <w:rsid w:val="00F128F1"/>
     <w:rsid w:val="00F20234"/>
     <w:rsid w:val="00F23BE6"/>
     <w:rsid w:val="00F440B5"/>
+    <w:rsid w:val="00F56F8B"/>
     <w:rsid w:val="00F7260B"/>
     <w:rsid w:val="00F8218D"/>
     <w:rsid w:val="00F8501B"/>
     <w:rsid w:val="00F96420"/>
     <w:rsid w:val="00FA4F24"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FD42B9"/>
     <w:rsid w:val="00FD6694"/>
     <w:rsid w:val="00FD79E2"/>
     <w:rsid w:val="00FE0302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -5660,78 +5987,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3904C6D-7C7C-4B87-AF0D-6F6D30F3F924}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E97A161F-E07B-4180-A532-8F61FBFBE65A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>444</Words>
-  <Characters>2531</Characters>
+  <Words>454</Words>
+  <Characters>2589</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2970</CharactersWithSpaces>
+  <CharactersWithSpaces>3037</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>